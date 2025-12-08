--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -2,389 +2,470 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\UserData\Escritorio\LISTAS DE CONTRATOS QUE HAN PEDIDO\CONTRATOS PAGINA WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8855B9A8-D243-4201-A040-691F2AC4F042}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7842A790-AE69-4944-A9B2-4641470D5B43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14940" windowHeight="15600" firstSheet="2" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" firstSheet="2" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CONTRATOS 2025" sheetId="1" r:id="rId1"/>
     <sheet name="ORDENES 2025" sheetId="2" r:id="rId2"/>
     <sheet name="ORDENES VIRTUALES " sheetId="4" r:id="rId3"/>
     <sheet name="CONVENIOS 2025" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F3" i="1" l="1"/>
+  <c r="F3" i="3" l="1"/>
+  <c r="F4" i="3"/>
+  <c r="F5" i="3"/>
+  <c r="F6" i="3"/>
+  <c r="F7" i="3"/>
+  <c r="F8" i="3"/>
+  <c r="F9" i="3"/>
+  <c r="F10" i="3"/>
+  <c r="F11" i="3"/>
+  <c r="F12" i="3"/>
+  <c r="F13" i="3"/>
+  <c r="F14" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="F17" i="3"/>
+  <c r="F18" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="F20" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="F22" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="F24" i="3"/>
+  <c r="F25" i="3"/>
+  <c r="F26" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="F28" i="3"/>
+  <c r="F29" i="3"/>
+  <c r="F30" i="3"/>
+  <c r="F31" i="3"/>
+  <c r="F32" i="3"/>
+  <c r="F33" i="3"/>
+  <c r="F34" i="3"/>
+  <c r="F35" i="3"/>
+  <c r="F36" i="3"/>
+  <c r="F37" i="3"/>
+  <c r="F2" i="3"/>
+  <c r="F18" i="2" l="1"/>
+  <c r="F17" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F13" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="F10" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="F8" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="E5" i="4"/>
+  <c r="E4" i="4"/>
+  <c r="E3" i="4"/>
+  <c r="E2" i="4"/>
+  <c r="F326" i="1" l="1"/>
+  <c r="F325" i="1"/>
+  <c r="F324" i="1"/>
+  <c r="F323" i="1"/>
+  <c r="F322" i="1"/>
+  <c r="F321" i="1"/>
+  <c r="F320" i="1"/>
+  <c r="F319" i="1"/>
+  <c r="F318" i="1"/>
+  <c r="F317" i="1"/>
+  <c r="F316" i="1"/>
+  <c r="F315" i="1"/>
+  <c r="F314" i="1"/>
+  <c r="F313" i="1"/>
+  <c r="F312" i="1"/>
+  <c r="F311" i="1"/>
+  <c r="F310" i="1"/>
+  <c r="F309" i="1"/>
+  <c r="F308" i="1"/>
+  <c r="F307" i="1"/>
+  <c r="F306" i="1"/>
+  <c r="F305" i="1"/>
+  <c r="F304" i="1"/>
+  <c r="F303" i="1"/>
+  <c r="F302" i="1"/>
+  <c r="F301" i="1"/>
+  <c r="F300" i="1"/>
+  <c r="F299" i="1"/>
+  <c r="F298" i="1"/>
+  <c r="F297" i="1"/>
+  <c r="F296" i="1"/>
+  <c r="F295" i="1"/>
+  <c r="F294" i="1"/>
+  <c r="F293" i="1"/>
+  <c r="F292" i="1"/>
+  <c r="F291" i="1"/>
+  <c r="F290" i="1"/>
+  <c r="F289" i="1"/>
+  <c r="F288" i="1"/>
+  <c r="F287" i="1"/>
+  <c r="F286" i="1"/>
+  <c r="F285" i="1"/>
+  <c r="F284" i="1"/>
+  <c r="F283" i="1"/>
+  <c r="F282" i="1"/>
+  <c r="F281" i="1"/>
+  <c r="F280" i="1"/>
+  <c r="F279" i="1"/>
+  <c r="F278" i="1"/>
+  <c r="F277" i="1"/>
+  <c r="F276" i="1"/>
+  <c r="F275" i="1"/>
+  <c r="F274" i="1"/>
+  <c r="F273" i="1"/>
+  <c r="F272" i="1"/>
+  <c r="F271" i="1"/>
+  <c r="F270" i="1"/>
+  <c r="F269" i="1"/>
+  <c r="F268" i="1"/>
+  <c r="F267" i="1"/>
+  <c r="F266" i="1"/>
+  <c r="F265" i="1"/>
+  <c r="F264" i="1"/>
+  <c r="F263" i="1"/>
+  <c r="F262" i="1"/>
+  <c r="F261" i="1"/>
+  <c r="F260" i="1"/>
+  <c r="F259" i="1"/>
+  <c r="F258" i="1"/>
+  <c r="F257" i="1"/>
+  <c r="F256" i="1"/>
+  <c r="F255" i="1"/>
+  <c r="F254" i="1"/>
+  <c r="F253" i="1"/>
+  <c r="F252" i="1"/>
+  <c r="F251" i="1"/>
+  <c r="F250" i="1"/>
+  <c r="F249" i="1"/>
+  <c r="F248" i="1"/>
+  <c r="F247" i="1"/>
+  <c r="F246" i="1"/>
+  <c r="F245" i="1"/>
+  <c r="F244" i="1"/>
+  <c r="F243" i="1"/>
+  <c r="F242" i="1"/>
+  <c r="F241" i="1"/>
+  <c r="F240" i="1"/>
+  <c r="F239" i="1"/>
+  <c r="F238" i="1"/>
+  <c r="F237" i="1"/>
+  <c r="F236" i="1"/>
+  <c r="F235" i="1"/>
+  <c r="F234" i="1"/>
+  <c r="F233" i="1"/>
+  <c r="F232" i="1"/>
+  <c r="F231" i="1"/>
+  <c r="F230" i="1"/>
+  <c r="F229" i="1"/>
+  <c r="F228" i="1"/>
+  <c r="F227" i="1"/>
+  <c r="F226" i="1"/>
+  <c r="F225" i="1"/>
+  <c r="F224" i="1"/>
+  <c r="F223" i="1"/>
+  <c r="F222" i="1"/>
+  <c r="F220" i="1"/>
+  <c r="F219" i="1"/>
+  <c r="F218" i="1"/>
+  <c r="F217" i="1"/>
+  <c r="F216" i="1"/>
+  <c r="F215" i="1"/>
+  <c r="F214" i="1"/>
+  <c r="F213" i="1"/>
+  <c r="F212" i="1"/>
+  <c r="F211" i="1"/>
+  <c r="F210" i="1"/>
+  <c r="F209" i="1"/>
+  <c r="F208" i="1"/>
+  <c r="F207" i="1"/>
+  <c r="F206" i="1"/>
+  <c r="F205" i="1"/>
+  <c r="F204" i="1"/>
+  <c r="F203" i="1"/>
+  <c r="F202" i="1"/>
+  <c r="F201" i="1"/>
+  <c r="F200" i="1"/>
+  <c r="F199" i="1"/>
+  <c r="F198" i="1"/>
+  <c r="F197" i="1"/>
+  <c r="F196" i="1"/>
+  <c r="F195" i="1"/>
+  <c r="F194" i="1"/>
+  <c r="F193" i="1"/>
+  <c r="F191" i="1"/>
+  <c r="F190" i="1"/>
+  <c r="F189" i="1"/>
+  <c r="F188" i="1"/>
+  <c r="F187" i="1"/>
+  <c r="F186" i="1"/>
+  <c r="F185" i="1"/>
+  <c r="F184" i="1"/>
+  <c r="F183" i="1"/>
+  <c r="F182" i="1"/>
+  <c r="F181" i="1"/>
+  <c r="F180" i="1"/>
+  <c r="F179" i="1"/>
+  <c r="F178" i="1"/>
+  <c r="F177" i="1"/>
+  <c r="F176" i="1"/>
+  <c r="F175" i="1"/>
+  <c r="F174" i="1"/>
+  <c r="F173" i="1"/>
+  <c r="F172" i="1"/>
+  <c r="F171" i="1"/>
+  <c r="F170" i="1"/>
+  <c r="F169" i="1"/>
+  <c r="F168" i="1"/>
+  <c r="F167" i="1"/>
+  <c r="F166" i="1"/>
+  <c r="F165" i="1"/>
+  <c r="F164" i="1"/>
+  <c r="F163" i="1"/>
+  <c r="F162" i="1"/>
+  <c r="F161" i="1"/>
+  <c r="F160" i="1"/>
+  <c r="F159" i="1"/>
+  <c r="F158" i="1"/>
+  <c r="F157" i="1"/>
+  <c r="F156" i="1"/>
+  <c r="F155" i="1"/>
+  <c r="F154" i="1"/>
+  <c r="F153" i="1"/>
+  <c r="F152" i="1"/>
+  <c r="F151" i="1"/>
+  <c r="F150" i="1"/>
+  <c r="F149" i="1"/>
+  <c r="F148" i="1"/>
+  <c r="F147" i="1"/>
+  <c r="F146" i="1"/>
+  <c r="F145" i="1"/>
+  <c r="F144" i="1"/>
+  <c r="F143" i="1"/>
+  <c r="F142" i="1"/>
+  <c r="F141" i="1"/>
+  <c r="F140" i="1"/>
+  <c r="F139" i="1"/>
+  <c r="F138" i="1"/>
+  <c r="F137" i="1"/>
+  <c r="F136" i="1"/>
+  <c r="F135" i="1"/>
+  <c r="F134" i="1"/>
+  <c r="F133" i="1"/>
+  <c r="F132" i="1"/>
+  <c r="F131" i="1"/>
+  <c r="F130" i="1"/>
+  <c r="F129" i="1"/>
+  <c r="F128" i="1"/>
+  <c r="F127" i="1"/>
+  <c r="F126" i="1"/>
+  <c r="F125" i="1"/>
+  <c r="F124" i="1"/>
+  <c r="F123" i="1"/>
+  <c r="F122" i="1"/>
+  <c r="F121" i="1"/>
+  <c r="F120" i="1"/>
+  <c r="F119" i="1"/>
+  <c r="F118" i="1"/>
+  <c r="F117" i="1"/>
+  <c r="F116" i="1"/>
+  <c r="F115" i="1"/>
+  <c r="F114" i="1"/>
+  <c r="F113" i="1"/>
+  <c r="F112" i="1"/>
+  <c r="F111" i="1"/>
+  <c r="F110" i="1"/>
+  <c r="F109" i="1"/>
+  <c r="F108" i="1"/>
+  <c r="F107" i="1"/>
+  <c r="F106" i="1"/>
+  <c r="F105" i="1"/>
+  <c r="F104" i="1"/>
+  <c r="F103" i="1"/>
+  <c r="F102" i="1"/>
+  <c r="F101" i="1"/>
+  <c r="F100" i="1"/>
+  <c r="F99" i="1"/>
+  <c r="F98" i="1"/>
+  <c r="F97" i="1"/>
+  <c r="F96" i="1"/>
+  <c r="F95" i="1"/>
+  <c r="F94" i="1"/>
+  <c r="F93" i="1"/>
+  <c r="F92" i="1"/>
+  <c r="F91" i="1"/>
+  <c r="F90" i="1"/>
+  <c r="F89" i="1"/>
+  <c r="F88" i="1"/>
+  <c r="F87" i="1"/>
+  <c r="F86" i="1"/>
+  <c r="F85" i="1"/>
+  <c r="F84" i="1"/>
+  <c r="F83" i="1"/>
+  <c r="F82" i="1"/>
+  <c r="F81" i="1"/>
+  <c r="F80" i="1"/>
+  <c r="F79" i="1"/>
+  <c r="F78" i="1"/>
+  <c r="F77" i="1"/>
+  <c r="F76" i="1"/>
+  <c r="F75" i="1"/>
+  <c r="F74" i="1"/>
+  <c r="F73" i="1"/>
+  <c r="F72" i="1"/>
+  <c r="F71" i="1"/>
+  <c r="F70" i="1"/>
+  <c r="F69" i="1"/>
+  <c r="F68" i="1"/>
+  <c r="F67" i="1"/>
+  <c r="F66" i="1"/>
+  <c r="F65" i="1"/>
+  <c r="F64" i="1"/>
+  <c r="F63" i="1"/>
+  <c r="F62" i="1"/>
+  <c r="F60" i="1"/>
+  <c r="F59" i="1"/>
+  <c r="F58" i="1"/>
+  <c r="F57" i="1"/>
+  <c r="F56" i="1"/>
+  <c r="F55" i="1"/>
+  <c r="F54" i="1"/>
+  <c r="F53" i="1"/>
+  <c r="F52" i="1"/>
+  <c r="F51" i="1"/>
+  <c r="F50" i="1"/>
+  <c r="F49" i="1"/>
+  <c r="F48" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="F46" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="F44" i="1"/>
+  <c r="F43" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="F40" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="F38" i="1"/>
+  <c r="F37" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="F34" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="F31" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="F29" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="F26" i="1"/>
+  <c r="F25" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="F22" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="F20" i="1"/>
+  <c r="F19" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="F17" i="1"/>
+  <c r="F16" i="1"/>
+  <c r="F15" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="F13" i="1"/>
+  <c r="F12" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="F10" i="1"/>
+  <c r="F9" i="1"/>
+  <c r="F8" i="1"/>
+  <c r="F7" i="1"/>
+  <c r="F6" i="1"/>
+  <c r="F5" i="1"/>
   <c r="F4" i="1"/>
-  <c r="F5" i="1"/>
-[...276 lines deleted...]
-  <c r="F282" i="1"/>
+  <c r="F3" i="1"/>
   <c r="F2" i="1"/>
-  <c r="F3" i="2"/>
+  <c r="F3" i="2" l="1"/>
   <c r="F4" i="2"/>
   <c r="F5" i="2"/>
   <c r="F2" i="2"/>
-  <c r="F13" i="3" l="1"/>
-[...10 lines deleted...]
-  <c r="F2" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="739">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1381" uniqueCount="1083">
   <si>
     <t>CODIGO CLASE</t>
   </si>
   <si>
     <t>No. CONTRATO</t>
   </si>
   <si>
     <t>OBJETO</t>
   </si>
   <si>
     <t>VALOR INICIAL</t>
   </si>
   <si>
     <t>VALOR ADICION Y/O MODIFICACION</t>
   </si>
   <si>
     <t>VALOR FINAL CONTRATADO CON ADICIONES</t>
   </si>
   <si>
     <t>FECHA SUSCRIPCION DD-MM-AA</t>
   </si>
   <si>
     <t>VALOR ADICION</t>
   </si>
   <si>
@@ -2561,67 +2642,1106 @@
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7936888</t>
   </si>
   <si>
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7936588</t>
   </si>
   <si>
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7937426</t>
   </si>
   <si>
     <t>SUMINISTRO DE SERVICIO FUNERARIO A LA POBLACIÓN VULNERABLE DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA 2025</t>
   </si>
   <si>
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7926024</t>
   </si>
   <si>
     <t>AUNAR ESFUERZOS TÉCNICOS, FINANCIEROS Y ADMINISTRATIVOS PARA EL MEJORAMIENTO DE LAS CONDICIONES DIGNAS DE HABITABILIDAD EN LAS VIVIENDAS PRIORIZADAS DE LOS ESTRATOS 1, 2 y 3 EN EL MARCO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE ESTRATEGIAS ORIENTADAS A LA FORMALIZACIÓN, TITULACIÓN, OFERTA Y MEJORA DE VIVIENDAS PARA LA POBLACIÓN MÁS VULNERABLE DE LA ZONA URBANA Y RURAL DEL MUNICIPIO DE CARTAGO"</t>
   </si>
   <si>
     <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA EL DESARROLLO DE ACTIVIDADES CULTURALES, DEPORTIVAS Y DE EDUCACIÓN INFORMAL, EN CUMPLIMIENTO DEL PLAN DE BIENESTAR LABORAL DOCENTE 2025, EN EL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
   </si>
   <si>
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7883970</t>
   </si>
   <si>
     <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7928063</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">259
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">286
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">305
+</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN PARA GARANTIZAR LAS ADECUADAS CONDICIONES FÍSICAS Y SANITARIAS DE LOS ESCENARIOS DEPORTIVOS, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN PARA GARANTIZAR LAS ADECUADAS CONDICIONES FÍSICAS Y SANITARIAS DE LOS ESCENARIOS DEPORTIVOS, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR EN ACTIVIDAD FÍSICA, A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO LICENCIADO EN EDUCACIÓN FÍSICA, A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, PARA BRINDAR ACOMPAÑAMIENTO Y APOYO EN DIFERENTES ASUNTOS RELACIONADOS CON LAS ESCUELAS DEPORTIVAS DEL MUNICIPIO, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, COMO APOYO EN LAS ACTIVIDADES RELACIONADAS CON FOMENTO A LA RECREACIÓN, LA ACTIVIDAD FÍSICA Y EL DEPORTE, EN DESARROLLO DEL PROYECTO DENOMINADO: "FORTALECIMIENTO DE LOS PROGRAMAS DE DEPORTE, RECREACIÓN Y APROVECHAMIENTO DEL TIEMPO LIBRE EN EL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>Prestar los servicios como Fundamentador en el método de la recreación, actividad física y aprovechamiento del tiempo libre, a la Subsecretaria del deporte y la Recreación, en desarrollo del proyecto denominado FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>Prestar los servicios como Monitor de Ciclomontañismo a la Subsecretaria del deporte y la Recreación, en desarrollo del proyecto denominado FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>Prestar los servicios como Monitor de Balonmano a la Subsecretaria del deporte y la Recreación, en desarrollo del proyecto denominado FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO MONITOR DE ACTIVIDAD FISICA A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR DE FUTBOL A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO - FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR DE FUTBOL A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACION, EN DESARROLLO DEL PROYECTO DENOMINADO -FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACION COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR DE FUTBOL A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACION, EN DESARROLLO DEL PROYECTO DENOMINADO -FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTION DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACION COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO EN EL MÉTODO DE RECREACIÓN ACTIVIDAD FÍSICA Y APROVECHAMIENTO DEL TIEMPO LIBRE A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR DE BALONCESTO A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACION, EN DESARROLLO DEL PROYECTO DENOMINADO -FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTION DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>Prestar los servicios como Fundamentador de Aerobicos a la Subsecretaria del deporte y la Recreación, en desarrollo del proyecto denominado FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>Prestar los servicios de apoyo en el método de recreación actividad física y aprovechamiento del tiempo libre a la Subsecretaria Del deporte y la Recreación, en desarrollo del proyecto denominado "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO FUNDAMENTADOR EN RECREACION DIRIGIDO A LA PRIMERA INFANCIA, A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACION, EN DESARROLLO DEL PROYECTO DENOMINADO -FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACION COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES PARA APOYAR LA SUPERVISION DE LOS CONTRATOS DE OBRA DE LA SECRETARIA DE PLANEACION, MEDIO AMBIENTE Y DESARROLLO ECONOMICO</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DEL SERVICIO DE RESTAURANTE Y PREPARACIÓN DE ALIMENTOS PARA LA FUERZA PÚBLICA (POLICÍA NACIONAL Y PERSONAL DE APOYO), PARA EL FORTALECIMIENTO DE LOS ORGANISMOS DE SEGURIDAD DEL MUNICIPIO DE CARTAGO - VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS EN EL PROCESO DE COBRO PERSUASIVO DEL IMPUESTO PREDIAL UNIFICADO DE LA DIRECCIÓN DE RENTAS, EN DESARROLLO DEL PLAN DE CHOQUE DE CARTERA APROBADO POR LA SECRETARÍA DE HACIENDA, PARA EL FORTALECIMIENTO DE LA GESTIÓN TRIBUTARIA EN EL MUNICIPIO DE CARTAGO, EN EJECUCIÓN DEL PROYECTO: FORTALECIMIENTO Y MODERNIZACIÓN DE LAS FINANZAS Y LA GESTIÓN TRIBUTARIA DEL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR SERVICIOS PROFESIONALES A LA SECRETARÍA DE HACIENDA Y GESTIÓN FINANCIERA, COMO APOYO EN LA ELABORACIÓN Y PRESENTACIÓN DE INFORMES DE SEGUIMIENTO Y CONTROL A LA EJECUCION PRESUPUESTAL, Y DEMÁS ACTIVIDADES INHERENTES A LA GESTIÓN DE LA SECRETARÍA, EN EJECUCIÓN DEL PROYECTO, FORTALECIMIENTO Y MODERNIZACIÓN DE LAS FINANZAS Y LA GESTIÓN TRIBUTARIA DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>Prestar los servicios como Fundamentador de Natación a la Subsecretaria del deporte y la Recreación, en desarrollo del proyecto denominado FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS PROFESIONALES A LA SECRETARÍA DE GOBIERNO, SEGURIDAD Y CONVIVENCIA, COMO APOYO A LA ACTUALIZACIÓN DE LAS LÍNEAS DE LA POLÍTICA PÚBLICA DE LA PRIMERA INFANCIA, INFANCIA Y ADOLESCENCIA Y FORTALECIMIENTO FAMILIAR, Y LA ELABORACIÓN DE LAS RUTAS DE ATENCIÓN INTEGRAL - RIAS, EN EL MARCO DE LA EJECUCIÓN DEL PROYECTO "CONTRIBUCIÓN AL DESARROLLO DE LOS NIÑOS, NIÑAS Y ADOLESCENTES Y GARANTIZAR EL CUMPLIMIENTO DE SUS DERECHOS EN EL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO LOGÍSTICO EN LA REALIZACIÓN DE ACTIVIDADES DE LA CAMPAÑA "CARTAGO SE BORDA DE ORGULLO 2025" QUE DIGNIFIQUE LA POBLACIÓN LGBTIQ+ COMO ESTRATEGIA AL RECONOCIMIENTO DE SUS DERECHOS, A LA DIVERSIDAD SEXUAL Y A LA SUPERACIÓN DE BARRERAS DE DISCRIMINACIÓN DE LA POBLACIÓN", EN EL MUNICIPIO DE CARTAGO - VALLE DEL CAUCA.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES A LA SECRETARÍA DE MOVILIDAD Y TRANSPORTE PARA BRINDAR APOYO EN DIFERENTES ASPECTOS TÉCNICOS Y ADMINISTRATIVOS, EN DESARROLLO DEL PROYECTO DENOMINADO: "IMPLEMENTACIÓN DE PLANES Y PROGRAMAS PARA FORTALECER LA GESTIÓN OPERATIVA Y ADMINISTRATIVA EN TEMAS DE TRANSITO Y TRANSPORTE DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ABOGADO A SECRETARÍA JURÍDICA PARA BRINDAR ASESORÍA, ACOMPAÑAMIENTO Y APOYO EN LOS DIFERENTES ASUNTOS RELACIONADOS CON LA CONTRATACIÓN ESTATAL, EN DESARROLLO DEL PROYECTO DENOMINADO "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARIA JURÍDICA DEL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO ABOGADO PARA LA REPRESENTACIÓN JUDICIAL Y EXTRAJUDICIAL EN LOS DISTINTOS PROCESOS EN LOS QUE EL MUNICIPIO SEA PARTE, EN DESARROLLO DEL PROYECTO DENOMINADO "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTION INSTITUCIONAL DE LA SECRETARIA JURIDICA DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN COMO PROMOTOR ESCÉNICO EN EL DESARROLLO DEL TALLER, NARRACIÓN EN MOVIMIENTO, EN DESARROLLO DEL PROYECTO DENOMINADO APOYO PARA LA PROMOCIÓN Y ACCESO A PROCESOS DE FORMACIÓN CULTURALES Y ARTÍSTICOS EN EL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA ESCUELA DE MÚSICA DE LA SUBSECRETARÍA DE CULTURA, COMO TALLERISTA EN TÉCNICA VOCAL, PARA ADULTOS, EN DESARROLLO DEL PROYECTO DENOMINADO APOYO PARA LA PROMOCIÓN Y ACCESO A PROCESOS DE FORMACIÓN CULTURALES Y ARTÍSTICOS EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO INGENIERO CIVIL, PARA BRINDAR APOYO EN LOS ASUNTOS TÉCNICOS, ADMINISTRATIVOS Y OPERATIVOS A LA SECRETARÍA DE INFRAESTRUCTURA. EN EJECUCIÓN DEL PROYECTO: "MEJORAMIENTO DE LA INFRAESTRUCTURA RED VIAL REGIONAL DEL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN EN LA IMPLEMENTACIÓN DE ACCIONES ADMINISTRATIVAS Y DE GESTIÓN DOCUMENTAL PROPIAS DE LAS FUNCIONES A CARGO DE LA SECRETARÍA DE PLANEACION DEL MUNICIPIO DE CARTAGO, EN DESARROLLO DEL PROYECTO DENOMINADO: FORTALECIMIENTO PROFESIONAL, TÉCNICO Y ADMINISTRATIVO DE LA SECRETARIA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO DEL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES DE APOYO A LA SUBSECRETARIA DE DESARROLLO ECONÓMICO, TURISMO Y FOMENTO DE CIUDAD EN ASUNTOS RELACIONADOS CON LAS ESTRATEGIAS DE MARKETING TURÍSTICO EN EL MUNICIPIO DE CARTAGO, DERIVADO DE LA EJECUCIÓN DEL PROYECTO DENOMINADO: APOYO PARA FORTALECER LA PRODUCTIVIDAD Y COMPETITIVIDAD DE LAS EMPRESAS DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES PARA APOYAR LA SUPERVISIÓN DE LOS CONTRATOS DE OBRA DE LA SECRETARÍA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO, EN DESARROLLO DEL PROYECTO DENOMINADO: "FORTALECIMIENTO PROFESIONAL, TÉCNICO Y ADMINISTRATIVO DE LA SECRETARIA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTAR DE SERVICIOS PROFESIONALES COMO ABOGADO PARA EL APOYO EN LAS DIFERENTES FUNCIONES Y COMPETENCIAS EN MATERIA CONTRACTUAL DE LA SECRETARÍA JURÍDICA DEL MUNICIPIO DE CARTAGO, EN DESARROLLO DEL PROYECTO DENOMINADO: APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARÍA JURÍDICA DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS DE APOYO LOGÍSTICO A LA SECRETARIA DE DESARROLLO SOCIAL, HUMANO TERRITORIO. Y PARTICIPACIÓN CIUDADANA, EN LA REALIZACIÓN DE UNA ACTIVIDAD DE ESPARCIMIENTO DIRIGIDO A LOS ADULTOS MAYORES DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE LOS SERVICIOS DE ACTUALIZACIÓN, MANTENIMIENTO, SOPORTE A LA PLATAFORMA GPS-SISFO 7*24, EN LA MODALIDAD SaaS SOWTWARE POR SERVICIOS, PARA EL AÑO 2025 EL SOFTWARE GPS-SISFO CON SUS RESPECTIVOS MÓDULOS PARA EL CONTROL Y SEGUIMIENTO DE AMBULANCIAS EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA.</t>
+  </si>
+  <si>
+    <t>GERENCIA DE RECURSOS PARA REALIZAR LA ERRADICACIÓN DE ÁRBOLES EN EL PERÍMETRO URBANO QUE ESTÁN GENERANDO RIESGO A LOS HABITANTES Y A LA INFRAESTRUCTURA DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE RADIOS DE COMUNICACIÓN PARA EL BATALLÓN VENCEDORES DEL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR SERVICIOS PROFESIONALES A LA SUBSECRETARÍA DE DESARROLLO ECONÓMICO, TURISMO Y FOMENTO DE CIUDAD PARA APOYAR LA GESTIÓN, DINAMIZACIÓN Y FORTALECIMIENTO DE LOS EMPRENDIMIENTOS SOLIDARIOS, CONTRIBUYENDO AL DESARROLLO LOCAL, A LA ECONOMÍA SOLIDARIA Y A LA GENERACIÓN Y FORMALIZACIÓN DE EMPLEO EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES PARA LA REALIZACIÓN DE DOS FOROS EDUCATIVOS, CAPACITACIONES PRESENCIALES Y CURSOS VIRTUALES CON EL FIN DE FORTALECER CAPACIDADES, HABILIDADES, ACTITUDES Y CONOCIMIENTO DEL TALENTO HUMANO EN SALUD EN LAS INSTITUCIONES PRESTADORAS DE SERVICIO DE SALUD ORIENTADAS A MEJORAR LA CALIDAD DE LOS SERVICIOS OFERTADOS EN EL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES Y LOGISTICOS A LA SECRETARIA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO PARA CAPACITACIÓN EN TEMAS RELACIONADOS CON LA CIENCIA, LA TECNOLOGÍA E INNOVACIÓN QUE INCENTIVEN EL EMPLEO Y EL DESARROLLO ECONÓMICO EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE PAPELERÍA IMPRESA Y MATERIAL PUBLICITARIO PARA LAS DIFERENTES DEPENDENCIAS DE LA ADMINISTRACIÓN MUNICIPAL DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO ABOGADO PARA APOYAR A LAS DEPENDENCIAS O SECRETARÍAS DE LA ADMINISTRACIÓN MUNICIPAL EN LOS DIFERENTES TRAMITES RELACIONADOS CON TEMAS SINDICALES, EN DESARROLLO DEL PROYECTO DENOMINADO: "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARIA JURÍDICA DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES A LA SECRETARIA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO EN LA ASESORÍA Y GESTIÓN DE PROYECTOS DE INVERSIÓN A NIVEL NACIONAL Y TERRITORIAL, Y EN LA ARTICULACIÓN CON LAS ENTIDADES PÚBLICAS Y PRIVADAS.</t>
+  </si>
+  <si>
+    <t>ARRENDAMIENTO DE BIEN INMUEBLE PARA LA SECRETARÍA DE GOBIERNO Y SUS DEPENDENCIAS E INSTITUCIONES ALIADAS COMO LA POLICÍA NACIONAL, FORTALECIENDO LA PRESENCIA INSTITUCIONAL EN EL CORREGIMIENTO DE ZARAGOZA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES DE APOYO A LA SECRETARIA DE PLANEACIÓN, MEDIO AMBIENTE Y DESARROLLO ECONÓMICO EN LA REALIZACIÓN DE LAS CAPACITACIONES EN EL DESARROLLO DE LAS FUNCIONES DEL CONSEJO TERRITORIAL DE PLANEACIÓN CTP, DEL MUNICIPIO DE CARTAGO VALLE</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE PAPELERÍA, ÚTILES DE ESCRITORIO Y DEMÁS ELEMENTOS E IMPLEMENTOS PARA LAS DEPENDENCIAS DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO LOGISTICO PARA EL DESARROLLO DE LA CAMPANA -ADULTO EN MOVIMIENTO- DE LA SECRETARIA DE DESARROLLO SOCIAL HUMANO TERRITORIO Y PARTICIPACION CIUDADANA DEL MUNICIPIO DE CARTAGO VALLE EN DESARROLLO AL PROYECTO FORTALECIMIENTO DE LOS SERVICIOS DE ATENCION Y PROTECCION INTEGRAL AL ADULTO MAYOR Y A LA POBLACION EN SITUACION DE VULNERABILIDAD EN EL MUNCIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ARQUITECTO, PARA BRINDAR APOYO EN LOS ASUNTOS TECNICOS, ADMINISTRATIVOS Y OPERATIVOS A LA SECRETARIA DE INFRAESTRUCTURA EN LA EJECUCION DEL PROYECTO: MEJORAMIENTO DE LA INFRAESTRUCTURA RED VIAL REGIONAL DEL MUNICIPIO DEL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN A LA DIRECCIÓN DE CONTROL INTERNO DISCIPLINARIO EN LOS PROCESOS Y ACTIVIDADES ADMINISTRATIVAS DE LA MISMA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO ABOGADO ESPECIALISTA A LA DIRECCIÓN DE CONTROL INTERNO DISCIPLINARIO EN EL TRÁMITE DE LOS PROCESOS DISCIPLINARIOS</t>
+  </si>
+  <si>
+    <t>ADQUISICION DE MOTOCICLETAS PARA LA POLICIA NACIONAL DEL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES DE ABOGADO EN LA UNIDAD DE VÍCTIMAS DEL MUNICIPIO DE CARTAGO DERIVADO DEL PROYECTO “APOYO PARA LA ATENCIÓN, ASISTENCIA Y REPARACIÓN INTEGRAL A LAS VICTIMAS DEL CONFLICTO ARMADO EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA”</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ABOGADO A LA UNIDAD MUNICIPAL PARA LA GESTIÓN DEL RIEGO DE DESASTRES DEL MUNICIPIO DE CARTAGO, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA GESTIÓN DEL RIESGO DE DESASTRES Y EMERGENCIAS EN EL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO TRABAJADOR SOCIAL PARA APOYAR LOS PROCESOS DE GESTIÓN DE LA SALUD PÚBLICA EN LA SECRETARIA DE SALUD Y PROTECCIÓN SOCIAL DEL MUNCIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO LOGÍSTICO A LA SUBSECRETARIA DE CULTURA, PARA LA REALIZACIÓN DEL EVENTO CULTURAL "XXIX FESTIVAL NACIONAL DE FAMILIAS QUE CANTAN"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO GESTOR EN UN PUNTO DE ATENCIÓN DE LA FISCALÍA GENERAL DE LA NACIÓN (PAF) PARA FORTALECER LOS CANALES DE ACCESO A LA JUSTICIA EN EL MUNICIPIO DE CARTAGO, EN EL MARCO DEL CONVENIO INTERADMINISTRATIVO SUSCRITO CON LA FISCALÍA GENERAL DE LA NACIÓN.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO GESTOR EN UN PUNTO DE ATENCIÓN DE LA FISCALÍA GENERAL DE LA NACIÓN (PAF) PARA FORTALECER LOS CANALES DE ACCESO A LA JUSTICIA EN EL MUNICIPIO DE CARTAGO, EN EL MARCO DEL CONVENIO INTERADMINISTRATIVO SUSCRITO CON LA FISCALÍA GENERAL DE LA NACIÓN</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES EN LA ELABORACIÓN Y REVISIÓN DE ESTUDIOS DE SECTOR Y DEMÁS TRÁMITES RELACIONADOS CON LOS PROCESOS DE CONTRATACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARIA JURÍDICA DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>GERENCIA DE RECURSOS PARA LA REALIZACIÓN DE OBRAS DE MEJORAMIENTO DE LA CANCHA DE FUTBOL 5 DEL ESCENARIO DEPORTIVO DEL PARQUE VILLA ELENA DEL MUNICIPIO DE CARTAGO - VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS DE APOYO LOGÍSTICO PARA LA EJECUCIÓN DE ACTIVIDADES EN EL MARCO DE LA CONMEMORACIÓN DE LA SEMANA DE LA JUVENTUD 2025, CON EL FIN DE PROMOVER LA PARTICIPACIÓN E INCLUSIÓN DE ADOLESCENTES Y JÓVENES DE LAS ZONAS URBANA Y RURAL DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA, MEDIANTE LA REALIZACIÓN DE EVENTOS ARTÍSTICOS, CULTURALES, FORMATIVOS, RECREATIVOS Y ASAMBLEAS JUVENILES.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN A LA SECRETARÍA DE SALUD Y PROTECCIÓN SOCIAL, PARA LA IMPLEMENTACIÓN DEL OBSERVATORIO DE SALUD MENTAL POR MEDIO DE LA CARACTERIZACIÓN DE LA POBLACIÓN Y LA APLICACIÓN DE DIFERENTES INSTRUMENTOS METODOLOGICOS EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE KITS DE MATERIAL DIDÁCTICOS EDUCATIVOS RELACIONADOS CON LA PROTECCIÓN Y EL ENFOQUE DIFERENCIAL DE PERSONAS EN CONDICIÓN DE DISCAPACIDAD DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE KITS DE MATERIAL DIDÁCTICO REFERENTE A EDUCACIÓN EN MATERIA DE TRÁNSITO Y SEGURIDAD VIAL CON DESTINO A LAS INSTITUCIONES EDUCATIVAS OFICIALES DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS DE APOYO A LA SECRETARÍA DE DESARROLLO SOCIAL, HUMANO, TERRITORIO Y PARTICIPACIÓN CIUDADANA, EN LA CREACIÓN Y PROMOCIÓN DE ESTRATEGIAS PARA LA CREACIÓN DE UNA MEJOR CULTURA CIUDADANA A TRAVÉS DE MEDIOS AUDIOVISUALES.</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ABOGADO PARA BRINDAR APOYO EN ASPECTOS ADMINISTRATIVOS EN LA SECRETARIA DE MOVILIDAD Y TRANSPORTE DEL MUNICIPIO DE CARTAGO VALLE DEL CAUCA, EN DESARROLLO DEL PROYECTO DENOMINADO: "IMPLEMENTACIÓN DE PLANES Y PROGRAMAS PARA FORTALECER LA GESTIÓN OPERATIVA Y ADMINISTRATIVA EN TEMAS DE TRANSITO Y TRANSPORTE DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE MOBILIARIO PARA EL FORTALECIMIENTO OPERATIVO DEL COMANDO DE ATENCIÓN INMEDIATA (CAI EL BERLÍN) EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ABOGADO PARA LA REPRESENTACIÓN JUDICIAL Y EXTRAJUDICIAL EN LOS DISTINTOS PROCESOS EN LOS QUE EL MUNICIPIO SEA PARTE, EN DESARROLLO DEL PROYECTO DENOMINADO "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARIA JURÍDICA DEL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS COMO MONITOR DE FUTBOL A LA SUBSECRETARIA DEL DEPORTE Y LA RECREACIÓN, EN DESARROLLO DEL PROYECTO DENOMINADO "FORTALECIMIENTO DE LA INFRAESTRUCTURA Y GESTIÓN DE PROGRAMAS DEPORTIVOS Y RECREATIVOS PARA INCREMENTAR LA PARTICIPACIÓN COMUNITARIA Y MEJORAR LA CALIDAD DE VIDA".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO ABOGADO A LA SECRETARÍA JURÍDICA PARA BRINDAR ASESORÍA, ACOMPAÑAMIENTO Y APOYO EN LOS DIFERENTES ASUNTOS RELACIONADOS EN EL ÁREA DE RÉGIMEN ADMINISTRATIVO MUNICIPAL, EN DESARROLLO DEL PROYE DENOMINADO: "APOYO PROFESIONAL Y/O ASISTENCIAL PARA EL FORTALECIMIENTO DE LA CAPACIDAD Y GESTIÓN INSTITUCIONAL DE LA SECRETARIA JURÍDICA DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS PROFESIONALES COMO CONTADOR PÚBLICO PARA APOYAR EL PROCESO DE PLANEACIÓN, INVESTIGACIÓN, DETERMINACIÓN, LIQUIDACIÓN Y COBRO DESARROLLADOS POR LA UNIDAD DE FISCALIZACIÓN A LOS DIFERENTES IMPUESTOS A CARGO DE LA DIRECCIÓN DE RENTAS, EN EJECUCIÓN DEL PROYECTO DENOMINADO: "FORTALECIMIENTO Y MODERNIZACIÓN DE LAS FINANZAS Y LA GESTIÓN TRIBUTARIA DEL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS PROFESIONALES DE CAPACITACIÓN Y FORMULACIÓN DE ESTRATEGIAS TENDIENTES AL CUMPLIMIENTO DE LA POLÍTICA PÚBLICA NACIONAL DE PARTICIPACIÓN SOCIAL EN SALUD.</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS COMO INGENIERO EN SISTEMAS COMO APOYO EN LOS DIFERENTES TRÁMITES A CARGO DE LA DIRECCIÓN DE TIC DEL MUNICIPIO DE CARTAGO EN DESARROLLO DEL PROYECTO DENOMINADO: "MEJORAMIENTO DEL ÍNDICE DE CAPACIDAD EN LA PRESTACIÓN DE SERVICIOS DE TECNOLOGÍA EN CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTAR SERVICIOS PROFESIONALES COMO PSICOLOGO (A) PARA APOYAR ACTIVIDADES DE SALUD PÚBLICA EN EL TEMA DE SALUD MENTAL, EN LA SECRETARÍA DE SALUD Y PROTECCION SOCIAL DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO A LA GESTIÓN COMO TÉCNICO EN ÁREAS DE LA SALUD, SANEAMIENTO Y/O ADMINISTRATIVAS, PARA APOYAR A LA SECRETARÍA DE SALUD Y PROTECCIÓN SOCIAL, EN EL DESARROLLO DE SUS COMPETENCIAS</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DEL SERVICIO PÚBLICO CATASTRAL, PARA REALIZAR EL PROCESO DE CONSERVACIÓN CATASTRAL MULTIPROPÓSITO EN EL MUNICIPIO DE CARTAGO PARA PREDIOS URBANO Y/O RURAL CORRESPONDIENTE A LAS ZONAS DE INTERVENCIÓN DEFINIDAS POR EL MUNICIPIO. EN EJECUCIÓN DEL PROYECTO: "FORTALECIMIENTO DE LA CAPACIDAD DE GOBIERNO PARA ADMINISTRAR Y DESARROLLAR EL TERRITORIO DE MANERA EFECTIVA EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS PROFESIONALES COMO CONTADOR PUBLICO PARA APOYAR EL PROCESO DE COBRO PERSUASIVO DEL IMPUESTO PREDIAL UNIFICADO DE LA DIRECCIÓN DE RENTAS; EN DESARROLLO DEL PLAN DE CHOQUE DE CARTERA APROBADO POR LA SECRETARÍA DE HACIENDA; PARA EL FORTALECIMIENTO DE LA GESTIÓN TRIBUTARIA EN EL MUNICIPIO DE CARTAGO, EN EJECUCIÓN DEL PROYECTO DENOMINADO: "FORTALECIMIENTO Y MODERNIZACIÓN DE LAS FINANZAS Y LA GESTIÓN TRIBUTARIA DEL MUNICIPIO DE CARTAGO"</t>
+  </si>
+  <si>
+    <t>PRESTACIÓN DE SERVICIOS DE APOYO ASISTENCIAL EN LAS DIFERENTES FUNCIONES Y COMPETENCIAS DE LA CASA DE JUSTICIA DE CARTAGO</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947492</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947628</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948023</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947870</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948238</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948065</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949107</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948908</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948940</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949243</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948871</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949288</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949101</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949053</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949123</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949296</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949069</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949289</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949528</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948963</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949530</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949531</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7951024</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7957708</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7957923</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7975914</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7975690</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7987515</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7988299</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7994230</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006273</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006847</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006869</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8007261</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8017176</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8020009</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8027870</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8029382</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8041839</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8045305</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8046692</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8058747</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8066148</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8066372</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8071842</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8092274</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8103941</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8103786</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8108431</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8108817</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8110650</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8117007</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8143731</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8152729</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8155923</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8156075</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8171538</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8184591</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/OpportunityDetail/Index?noticeUID=CO1.NTC.8590367</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8198616</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8216796</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8228671</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8230007</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8237086</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8237305</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8238142</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8238143</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8244583</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8245885</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8244836</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8266511</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8307347</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8307345</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8312565</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8312542</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8319905</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8328958</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8338724</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8341752</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8340201</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353550</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353243</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353355</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8355622</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8366812</t>
+  </si>
+  <si>
+    <t>https://www.contratos.gov.co/consultas/detalleProceso.do?numConstancia=25-22-112133</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8391829</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8392808</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8391951</t>
+  </si>
+  <si>
+    <t>149292</t>
+  </si>
+  <si>
+    <t>149293</t>
+  </si>
+  <si>
+    <t>151078</t>
+  </si>
+  <si>
+    <t>151079</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE “VEHÍCULOS CAMIONETA TIPO PICK UP PARA LA ESTACION DE POLICIA NACIONAL DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>VEHÍCULO TIPO CAMIONETA 4X2.” PARA LA FISCALÍA SECCIONAL CARTAGO</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DOTACIÓN DE VESTUARIO PARA EL PERSONAL DOCENTE Y ADMINISTRATIVO QUE LABORA EN LAS INSTITUCIONES EDUCATIVAS OFICIALES DEL MUNICIPIO DE CARTAGO, VIGENCIA 2025.</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DOTACIÓN DE CALZADO PARA EL PERSONAL DOCENTE Y ADMINISTRATIVO QUE LABORA EN LAS INSTITUCIONES EDUCATIVAS OFICIALES DEL MUNICIPIO DE CARTAGO, VIGENCIA 2025.</t>
+  </si>
+  <si>
+    <t>https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/149292</t>
+  </si>
+  <si>
+    <t>https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/149293</t>
+  </si>
+  <si>
+    <t>https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/151078</t>
+  </si>
+  <si>
+    <t>https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/151079</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE AYUDA HUMANITARIA INMEDIATA REPRESENTADA EN KIT DE ALIMENTOS NO PERECEDEROS A LAS PERSONAS AFECTADAS POR SITUACIONES DE EMERGENCIA EN EL MUNICIPIO DE CARTAGO, EN EJECUCIÓN DEL PROYECTO DENOMINADO: "FORTALECIMIENTO A LA GESTIÓN DEL RIESGO DE DESASTRES Y EMERGENCIAS EN EL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE MANTENIMIENTO CORRECTIVO Y PREVENTIVO A MOTONIVELADORA Y RETROEXCAVADORA, RECIBIDA POR EL MUNICIPIO EN COMODATO POR PARTE DE LA GOBERNACIÓN DEL VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE SOAT (SEGURO OBLIGATORIO DE ACCIDENTES DE TRÁNSITO) PARA LAS MOTOCICLETAS, VEHÍCULOS Y MAQUINARIA A CARGO DE LA ADMINISTRACIÓN MUNICIPAL DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>PRESTAR LOS SERVICIOS DE APOYO OPERATIVO Y LOGÍSTICO PARA ACTIVIDADES Y EVENTOS CÍVICOS DE LA ADMINISTRACIÓN MUNICIPAL</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE ARTICULOS DE ASEO Y CAFETERIA PARA DOTAR LAS DIFERENTES DEPENDENCIAS DE LA ADMINISTRACION MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE DRON PARA EL BATALLÓN VENCEDORES DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>COMPRA DE ELEMENTOS DE INTENDENCIA (BOTAS Y MORRALES) PARA EL BATALLON DE INFANTERIA NO. 23 VENCEDORES PARA MANTENER LA SEGURIDAD EN LA ZONA RURAL DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICION DE COMPUTADORES ALL IN ONE PARA EL FORTALECIMIENTO OPERATIVO DEL BATALLON DE INFANTERIA No. 23 VENCEDORES DEL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICION DE LICENCIAS OFIMÁTICAS PARA COMPUTADORES ALL IN ONE PARA EL FORTALECIMIENTO OPERATIVO Y DE SEGURIDAD DEL BATALLÓN DE INFANTERIA No. 23 VENCEDORES DEL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE LICENCIAS DE USO DE CUENTAS BUSINESS STARTER, DE LA PLATAFORMA DE COMUNICACIONES Y COLABORACIÓN GOOGLE WORKSPACE, PARA LA PRESTACIÓN DE SERVICIOS ADMINISTRATIVOS DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>COMPRA DE ELEMENTOS DE INTENDENCIA (CHALECOS PARA DIEZ PROVEEDORES) PARA EL BATALLÓN DE INFANTERÍA NO 23 VENCEDORES PARA MANTENER LA SEGURIDAD EN LA ZONA RURAL DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>SERVICIO DE REVISIÓN TECNICO-MECANICA PARA LOS VEHÍCULOS A CARGO DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA.</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7992053</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8007531</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8020212</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8073993</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8101912</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8122113</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8167055</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8219073</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8241503</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8241629</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8274977</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8298611</t>
+  </si>
+  <si>
+    <t>025.</t>
+  </si>
+  <si>
+    <t>033.</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS Y RECURSOS TÉCNICOS, FÍSICOS, ADMINISTRATIVOS Y FINANCIEROS; PARA EL DESARROLLO CONJUNTO DEL PROGRAMA CULTIVARTE EN EL MUNICIPIO, A TRAVÉS DEL CUAL SE ENSEÑA A NIÑOS, NIÑAS Y JÓVENES A MANEJAR DE MANERA ADECUADA SU TIEMPO LIBRE MEDIANTE EL DESARROLLO DE ACTIVIDADES LÚDICAS, CULTURALES Y ARTÍSTICAS, AFIANZANDO ASÍ SUS VALORES</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS Y FINANCIEROS ENTRE EL MUNICIPIO DE CARTAGO Y LA FUNDACIÓN ÉXITO, A TRAVÉS DE UN TRABAJO CONJUNTO, PARA CONTRIBUIR CON LA DISMINUCIÓN DE LA MALNUTRICIÓN GESTACIONAL Y DE NIÑOS MENORES DE 24 MESES EN EL MUNICIPIO DE CARTAGO, POR MEDIO DE LA ENTREGA DE UN PAQUETE ALIMENTARIO Y EL ACOMPAÑAMIENTO, SEGUIMIENTO, APOYO TÉCNICO Y LOGÍSTICO DE PROFESIONALES EN NUTRICIÓN Y PEDAGOGÍA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA LA PRESTACION DE SERVICIOS PROFESIONALES Y LOGÍSTICOS A LA SECRETARÍA DE EDUCACIÓN EN LA REALIZACIÓN DEL XXIII FORO EDUCATIVO MUNICIPAL: "CONCERTACIÓN DEL IV PLAN DECENAL DE EDUCACIÓN "2026-2030".</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA DESARROLLAR UNA ACTIVIDAD DE CONMEMORACIÓN A LOS SERVIDORES PÚBLICOS DEL MUNICIPIO DE CARTAGO EN CUMPLIMIENTO DEL PLAN DE BIENESTAR LABORAL E INCENTIVOS 2024 - 2027</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA LLEVAR A CABO UNA PASARELA DE BORDADO "FASHION WEEK 2025" CON EL FIN DE FOMENTAR EL BORDADO COMO UNA MANIFESTACIÓN CULTURAL EN EL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA EL FORTALECIMIENTO DE MUSEOS EN LA CIUDAD DE CARTAGO - VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, FINANCIEROS Y ADMINISTRATIVOS PARA ASEGURAR EL APOYO OPERATIVO NECESARIO EN LA ORGANIZACIÓN Y EJECUCIÓN DE ACTIVIDADES DEPORTIVAS EN EL MUNICIPIO DE CARTAGO, CON EL PROPÓSITO DE PROMOVER EL BIENESTAR FÍSICO Y SOCIAL, LA INCLUSIÓN, Y LA COHESIÓN COMUNITARIA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS Y FINANCIEROS PARA LA ATENCIÓN EN HOGAR DE PASO SUB MODALIDAD FAMILIAR COMO UBICACIÓN INICIAL Y PROVISIONAL DE NIÑOS, NIÑAS Y ADOLESCENTES CON DERECHOS VULNERADOS O AMENAZADOS EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA LA PRESTACIÓN DE SERVICIOS DE APOYO LOGÍSTICO EN LA REALIZACIÓN DE LAS ACTIVIDADES PARA CONMEMORAR EL DÍA NACIONAL DE LA LIBERTAD RELIGIOSA Y DE CULTO EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS ENTRE LA FISCALÍA GENERAL DE LA NACIÓN Y EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA PARA FORTALECER LOS CANALES DE ACCESO A LA JUSTICIA EN LAS SEDES FÍSICAS DE LA FISCALÍA GENERAL DE LA NACIÓN A TRAVÉS DE LOS GESTORES DESIGNADOS, PARA LA ORIENTACIÓN Y ATENCIÓN DE USUARIOS, CREACIÓN DE NOTICIAS CRIMINALES Y ACTIVACIÓN DE LAS DIFERENTES RUTAS DE ATENCIÓN</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, LOGÍSTICOS, ADMINISTRATIVOS Y FINANCIEROS PARA EL FORTALECIMIENTO DEPORTIVO INTEGRAL DEL MUNICIPIO DE CARTAGO, INCLUYENDO APOYO A LA PARTICIPACIÓN EN LOS JUEGOS DEPARTAMENTALES, IMPLEMENTACIÓN DEPORTIVA PARA FORTALECER LAS DIFERENTES DISCIPLINAS DEPORTIVAS Y APOYO A EVENTOS DEPORTIVOS MUNICIPALES DURANTE LA VIGENCIA 2025, CON EL FIN DE PROMOVER LA PRÁCTICA DEPORTIVA, LA INTEGRACIÓN SOCIAL Y EL APROVECHAMIENTO DEL TIEMPO LIBRE</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS PARA LA PROMOCIÓN Y ACCESO EFECTIVO A LA CULTURA Y AL ARTE A LAS DIFERENTES POBLACIONES, EN EL MARCO DE LA CONMEMORACIÓN DE LOS 485 AÑOS DE FUNDACIÓN DEL MUNICIPIO DE CARTAGO, VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS PARA LA PRESTACIÓN SERVICIOS DE APOYO PROFESIONAL, LOGÍSTICO Y OPERATIVO PARA EL FUNCIONAMIENTO DEL CENTRO VIDA "SAN JUAN" DEL MUNICIPIO DE CARTAGO.</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS FINANCIEROS, ADMINISTRATIVOS, PEDAGÓGICOS, TÉCNICOS, HUMANOS, LOGÍSTICOS Y OPERATIVOS, PARA EL FUNCIONAMIENTO Y PUESTA EN MARCHA DEL JARDÍN INFANTIL "ARRULLO", QUE BENEFICIARÁ A NIÑOS Y NIÑAS PERTENECIENTES A POBLACIÓN VULNERABLE RESIDENTES EN EL MUNICIPIO DE CARTAGO VALLE DEL CAUCA</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS, FINANCIEROS Y HUMANOS, PARA LA ENTREGA DE RACIONES ALIMENTICIAS E HIDRATACIÓN EN LAS ACTIVIDADES Y REUNIONES REALIZADAS CON LOS CAMPESINOS DEL MUNICIPIO DE CARTAGO VALLE</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, ADMINISTRATIVOS Y FINANCIEROS EN LA REALIZACIÓN DE LAS ACTIVIDADES NECESARIAS PARA LA ACTUALIZACIÓN DEL PROYECTO DEL POT DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS, LOGÍSTICOS, ADMINISTRATIVOS Y FINANCIEROS PARA LA PLANEACIÓN, PROMOCIÓN Y EJECUCIÓN DE ACTIVIDADES ARTÍSTICAS Y CULTURALES EN EL MARCO DEL EVENTO "III FESTIVAL DE JAZZ ARDIENTE" EN EL MUNICIPIO DE CARTAGO, COMO PARTE DEL PROYECTO "APOYO PARA LA PROMOCIÓN Y ACCESO EFECTIVO A PROCESOS CULTURALES Y ARTÍSTICOS EN EL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS TÉCNICOS ADMINISTRATIVOS FINANCIEROS Y HUMANOS PARA EJECUTAR EL PLAN DE CAPACITACIONES DIRIGIDA A LOS SERVIDORES PÚBLICOS DE LA ADMINISTRACIÓN CENTRAL DE CARTAGO, VALLE DEL CAUCA; EN EL MARCO DEL PLAN DE CAPACITACIÓN 2024 - 2027</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS CON EL FIN DE CONTRIBUIR AL FORTALECIMIENTO, LA PROMOCIÓN Y EL MERCADEO DE LOS DISTINTOS SECTORES Y POSICIONAR TURÍSTICAMENTE AL MUNICIPIO DE CARTAGO A TRAVÉS DE LA REALIZACIÓN DE LA V JORNADA INTERNACIONAL DE SANTUARIOS Y TURISMO RELIGIOSO, DERIVADO DE LA EJECUCIÓN DEL PROYECTO DENOMINADO: "APOYO PARA FORTALECER LA PRODUCTIVIDAD Y COMPETITIVIDAD DE LAS EMPRESAS DEL MUNICIPIO DE CARTAGO".</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS, TECNICOS, ADMINISTRATIVOS Y ECONOMICOS PARA EL DESARROLLO DE LA CAMPAÑA PERMANENTE DE PREVENCIÓN DEL RIESGO DE ENFERMEDADES ZOONÓTICAS, A TRAVÉS DEL CONTROL DE LA POBLACIÓN ANIMAL ABANDONADA EN ÁREAS PÚBLICAS DEL MUNICIPIO DE CARTAGO</t>
+  </si>
+  <si>
+    <t>AUNAR ESFUERZOS HUMANOS, ADMINISTRATIVOS, JURÍDICOS, TECNOLÓGICOS, LOGÍSTICOS, ENTRE OTROS, CON LA FINALIDAD DE INVERTIR LOS RECURSOS APORTADOS POR EL MUNICIPIO, DESTINADOS AL ESTABLECIMIENTO PENITENCIARIO DE MEDIANA SEGURIDAD Y CARCELARIO DE CARTAGO VALLE DEL CAUCA, A CARGO DEL INSTITUTO NACIONAL PENITENCIARIO Y CARCELARIO INPEC, QUE RECIBEN PERSONAS SINDICADAS CON DETENCIÓN PREVENTIVA DEL MUNICIPIO DE CARTAGO Y PERSONAS QUE YA SE ENCUENTRAN RECLUIDAS EN EL ESTABLECIMIENTO CARCELARIO Y PENITEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">022
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">024
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">027
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">030
+</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7991930</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7991280</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7996387</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8007595</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8005940</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8018706</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8024421</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8029441</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8046008</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8125468</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8121670</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8128125</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8140343</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8151544</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8178513</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8186597</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8258037</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8321846</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8336637</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8344234</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8335426</t>
+  </si>
+  <si>
+    <t>https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8348365</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="8">
+  <numFmts count="7">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="d/mm/yyyy;@"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;\ #,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;\ #,##0_);[Red]\(&quot;$&quot;\ #,##0\)"/>
     <numFmt numFmtId="167" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;\ #,##0.00"/>
     <numFmt numFmtId="169" formatCode="&quot;$&quot;\ #,##0.00_);[Red]\(&quot;$&quot;\ #,##0.00\)"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -2654,102 +3774,122 @@
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="9">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6D9F0"/>
+        <fgColor theme="0"/>
         <bgColor rgb="FFC6D9F0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2832,403 +3972,581 @@
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="113">
+  <cellXfs count="147">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="5" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="4" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="10" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="5" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="6" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="5" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="9" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="7" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="7" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="6">
-[...2 lines deleted...]
-    <cellStyle name="Moneda" xfId="2" builtinId="4"/>
+  <cellStyles count="5">
+    <cellStyle name="Hipervínculo" xfId="4" builtinId="8"/>
+    <cellStyle name="Moneda" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
-    <cellStyle name="Normal_Hoja1" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Normal_Hoja1" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3465,7899 +4783,10033 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7951024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949296" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8066372" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8108431" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8244583" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8307345" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8391951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948940" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947628" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7994230" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8046692" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8155923" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8237086" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8328958" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353243" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7988299" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948065" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949069" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7957708" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7975690" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8027870" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8071842" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8108817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8198616" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8245885" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8307347" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8340201" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006869" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8184591" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8355622" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8366812" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.contratos.gov.co/consultas/detalleProceso.do?numConstancia=25-22-112133" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949123" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947870" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949243" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949531" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006847" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8041839" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8103786" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8228671" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/OpportunityDetail/Index?noticeUID=CO1.NTC.8590367" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949053" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8066148" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8156075" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8238143" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8312565" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8338724" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8392808" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949528" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948908" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949289" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7957923" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8045305" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8110650" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8216796" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7947492" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7987515" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8092274" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8152729" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8237305" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8244836" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8312542" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353550" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8353355" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8319905" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948023" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8006273" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948238" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948871" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8117007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8017176" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8143731" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8171538" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8341752" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949288" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8266511" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7948963" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7975914" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7949530" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8058747" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8103941" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8230007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8238142" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8391829" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8219073" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8020212" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8167055" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8274977" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8007531" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7992053" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8122113" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8298611" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8101912" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8241503" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8073993" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8241629" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/151078" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://operaciones.colombiacompra.gov.co/tienda-virtual-del-estado-colombiano/ordenes-compra/149293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7883970" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6220202" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6366837" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6207467" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6005455" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6338375" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.contratos.gov.co/consultas/detalleProceso.do?numConstancia=24-22-90618" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6232325" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7928063" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7883970" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8007595" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8046008" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8321846" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6220202" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8178513" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6366837" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7996387" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8121670" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8258037" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6207467" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8024421" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8140343" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8335426" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6005455" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6338375" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7991930" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8186597" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.contratos.gov.co/consultas/detalleProceso.do?numConstancia=24-22-90618" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8018706" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8151544" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8344234" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7991280" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8128125" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6232325" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.7928063" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8029441" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8125468" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8336637" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.8348365" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H313"/>
+  <dimension ref="A1:H326"/>
   <sheetViews>
-    <sheetView topLeftCell="A236" workbookViewId="0">
-      <selection activeCell="J231" sqref="J231"/>
+    <sheetView topLeftCell="A323" workbookViewId="0">
+      <selection activeCell="K331" sqref="K331"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="3" max="3" width="41.28515625" customWidth="1"/>
+    <col min="3" max="3" width="41.28515625" style="114" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="108" t="s">
         <v>19</v>
       </c>
-      <c r="D2" s="7">
+      <c r="D2" s="89">
         <v>31500000</v>
       </c>
-      <c r="E2" s="7"/>
-      <c r="F2" s="7">
+      <c r="E2" s="73">
+        <v>15749910</v>
+      </c>
+      <c r="F2" s="73">
         <f>D2+E2</f>
-        <v>31500000</v>
-[...1 lines deleted...]
-      <c r="G2" s="8">
+        <v>47249910</v>
+      </c>
+      <c r="G2" s="7">
         <v>45699</v>
       </c>
-      <c r="H2" s="11" t="s">
+      <c r="H2" s="10" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="108" t="s">
         <v>295</v>
       </c>
-      <c r="D3" s="7">
+      <c r="D3" s="89">
         <v>42000000</v>
       </c>
-      <c r="E3" s="7"/>
-      <c r="F3" s="7">
+      <c r="E3" s="73">
+        <v>20999930</v>
+      </c>
+      <c r="F3" s="73">
         <f t="shared" ref="F3:F66" si="0">D3+E3</f>
-        <v>42000000</v>
-[...1 lines deleted...]
-      <c r="G3" s="8">
+        <v>62999930</v>
+      </c>
+      <c r="G3" s="7">
         <v>45700</v>
       </c>
-      <c r="H3" s="11" t="s">
+      <c r="H3" s="10" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" ht="116.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="108" t="s">
         <v>296</v>
       </c>
-      <c r="D4" s="7">
+      <c r="D4" s="89">
         <v>43400000</v>
       </c>
-      <c r="E4" s="7"/>
-      <c r="F4" s="7">
+      <c r="E4" s="73">
+        <v>21699748</v>
+      </c>
+      <c r="F4" s="73">
         <f t="shared" si="0"/>
-        <v>43400000</v>
-[...1 lines deleted...]
-      <c r="G4" s="8">
+        <v>65099748</v>
+      </c>
+      <c r="G4" s="7">
         <v>45700</v>
       </c>
-      <c r="H4" s="11" t="s">
+      <c r="H4" s="10" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="6" t="s">
+      <c r="C5" s="108" t="s">
         <v>297</v>
       </c>
-      <c r="D5" s="7">
+      <c r="D5" s="89">
         <v>115500000</v>
       </c>
-      <c r="E5" s="7"/>
-      <c r="F5" s="7">
+      <c r="E5" s="73"/>
+      <c r="F5" s="73">
         <f t="shared" si="0"/>
         <v>115500000</v>
       </c>
-      <c r="G5" s="8">
+      <c r="G5" s="7">
         <v>45702</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="H5" s="10" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="C6" s="108" t="s">
         <v>130</v>
       </c>
-      <c r="D6" s="7">
+      <c r="D6" s="89">
         <v>275000000</v>
       </c>
-      <c r="E6" s="7"/>
-      <c r="F6" s="7">
+      <c r="E6" s="73"/>
+      <c r="F6" s="73">
         <f t="shared" si="0"/>
         <v>275000000</v>
       </c>
-      <c r="G6" s="8">
+      <c r="G6" s="7">
         <v>45702</v>
       </c>
-      <c r="H6" s="11" t="s">
+      <c r="H6" s="10" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" ht="153" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="6" t="s">
+      <c r="C7" s="108" t="s">
         <v>298</v>
       </c>
-      <c r="D7" s="7">
+      <c r="D7" s="89">
         <v>27000000</v>
       </c>
-      <c r="E7" s="7"/>
-      <c r="F7" s="7">
+      <c r="E7" s="73"/>
+      <c r="F7" s="73">
         <f t="shared" si="0"/>
         <v>27000000</v>
       </c>
-      <c r="G7" s="8">
+      <c r="G7" s="7">
         <v>45706</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="H7" s="10" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="6" t="s">
+      <c r="C8" s="108" t="s">
         <v>299</v>
       </c>
-      <c r="D8" s="7">
+      <c r="D8" s="89">
         <v>27000000</v>
       </c>
-      <c r="E8" s="7"/>
-      <c r="F8" s="7">
+      <c r="E8" s="73"/>
+      <c r="F8" s="73">
         <f t="shared" si="0"/>
         <v>27000000</v>
       </c>
-      <c r="G8" s="8">
+      <c r="G8" s="7">
         <v>45706</v>
       </c>
-      <c r="H8" s="11" t="s">
+      <c r="H8" s="10" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="C9" s="108" t="s">
         <v>300</v>
       </c>
-      <c r="D9" s="7">
+      <c r="D9" s="89">
         <v>21000000</v>
       </c>
-      <c r="E9" s="7"/>
-      <c r="F9" s="7">
+      <c r="E9" s="73"/>
+      <c r="F9" s="73">
         <f t="shared" si="0"/>
         <v>21000000</v>
       </c>
-      <c r="G9" s="8">
+      <c r="G9" s="7">
         <v>45706</v>
       </c>
-      <c r="H9" s="11" t="s">
+      <c r="H9" s="10" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="153" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="6" t="s">
+      <c r="C10" s="108" t="s">
         <v>301</v>
       </c>
-      <c r="D10" s="7">
+      <c r="D10" s="89">
         <v>27000000</v>
       </c>
-      <c r="E10" s="7"/>
-      <c r="F10" s="7">
+      <c r="E10" s="73"/>
+      <c r="F10" s="73">
         <f t="shared" si="0"/>
         <v>27000000</v>
       </c>
-      <c r="G10" s="8">
+      <c r="G10" s="7">
         <v>45707</v>
       </c>
-      <c r="H10" s="11" t="s">
+      <c r="H10" s="10" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="6" t="s">
+      <c r="C11" s="108" t="s">
         <v>302</v>
       </c>
-      <c r="D11" s="7">
+      <c r="D11" s="89">
         <v>54227160</v>
       </c>
-      <c r="E11" s="7"/>
-      <c r="F11" s="7">
+      <c r="E11" s="73"/>
+      <c r="F11" s="73">
         <f t="shared" si="0"/>
         <v>54227160</v>
       </c>
-      <c r="G11" s="8">
+      <c r="G11" s="7">
         <v>45708</v>
       </c>
-      <c r="H11" s="11" t="s">
+      <c r="H11" s="10" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6" t="s">
+      <c r="C12" s="108" t="s">
         <v>303</v>
       </c>
-      <c r="D12" s="7">
+      <c r="D12" s="89">
         <v>31200000</v>
       </c>
-      <c r="E12" s="7"/>
-      <c r="F12" s="7">
+      <c r="E12" s="73"/>
+      <c r="F12" s="73">
         <f t="shared" si="0"/>
         <v>31200000</v>
       </c>
-      <c r="G12" s="8">
+      <c r="G12" s="7">
         <v>45708</v>
       </c>
-      <c r="H12" s="11" t="s">
+      <c r="H12" s="10" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="108" t="s">
         <v>304</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D13" s="89">
         <v>68667745</v>
       </c>
-      <c r="E13" s="7"/>
-      <c r="F13" s="7">
+      <c r="E13" s="73"/>
+      <c r="F13" s="73">
         <f t="shared" si="0"/>
         <v>68667745</v>
       </c>
-      <c r="G13" s="8">
+      <c r="G13" s="7">
         <v>45709</v>
       </c>
-      <c r="H13" s="11" t="s">
+      <c r="H13" s="10" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C14" s="6" t="s">
+      <c r="C14" s="108" t="s">
         <v>305</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D14" s="89">
         <v>36000000</v>
       </c>
-      <c r="E14" s="7"/>
-      <c r="F14" s="7">
+      <c r="E14" s="73"/>
+      <c r="F14" s="73">
         <f t="shared" si="0"/>
         <v>36000000</v>
       </c>
-      <c r="G14" s="8">
+      <c r="G14" s="7">
         <v>45712</v>
       </c>
-      <c r="H14" s="11" t="s">
+      <c r="H14" s="10" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="12" t="s">
+      <c r="B15" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="6" t="s">
+      <c r="C15" s="108" t="s">
         <v>41</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="89">
         <v>112000000</v>
       </c>
-      <c r="E15" s="7"/>
-      <c r="F15" s="7">
+      <c r="E15" s="73"/>
+      <c r="F15" s="73">
         <f t="shared" si="0"/>
         <v>112000000</v>
       </c>
-      <c r="G15" s="8">
+      <c r="G15" s="7">
         <v>45712</v>
       </c>
-      <c r="H15" s="11" t="s">
+      <c r="H15" s="10" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="C16" s="108" t="s">
         <v>306</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D16" s="89">
         <v>12000000</v>
       </c>
-      <c r="E16" s="7"/>
-      <c r="F16" s="7">
+      <c r="E16" s="73"/>
+      <c r="F16" s="73">
         <f t="shared" si="0"/>
         <v>12000000</v>
       </c>
-      <c r="G16" s="8">
+      <c r="G16" s="7">
         <v>45715</v>
       </c>
-      <c r="H16" s="11" t="s">
+      <c r="H16" s="10" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C17" s="6" t="s">
+      <c r="C17" s="108" t="s">
         <v>307</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D17" s="89">
         <v>4500000</v>
       </c>
-      <c r="E17" s="7"/>
-      <c r="F17" s="7">
+      <c r="E17" s="73"/>
+      <c r="F17" s="73">
         <f t="shared" si="0"/>
         <v>4500000</v>
       </c>
-      <c r="G17" s="8">
+      <c r="G17" s="7">
         <v>45716</v>
       </c>
-      <c r="H17" s="11" t="s">
+      <c r="H17" s="10" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="C18" s="108" t="s">
         <v>308</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D18" s="89">
         <v>9000000</v>
       </c>
-      <c r="E18" s="7"/>
-      <c r="F18" s="7">
+      <c r="E18" s="73"/>
+      <c r="F18" s="73">
         <f t="shared" si="0"/>
         <v>9000000</v>
       </c>
-      <c r="G18" s="8">
+      <c r="G18" s="7">
         <v>45716</v>
       </c>
-      <c r="H18" s="11" t="s">
+      <c r="H18" s="10" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>252</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="6" t="s">
+      <c r="C19" s="108" t="s">
         <v>309</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D19" s="90">
         <v>2930423206.2199998</v>
       </c>
-      <c r="E19" s="7"/>
-      <c r="F19" s="7">
+      <c r="E19" s="73"/>
+      <c r="F19" s="91">
         <f t="shared" si="0"/>
         <v>2930423206.2199998</v>
       </c>
-      <c r="G19" s="8">
+      <c r="G19" s="7">
         <v>45716</v>
       </c>
-      <c r="H19" s="11" t="s">
+      <c r="H19" s="10" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C20" s="6" t="s">
+      <c r="C20" s="108" t="s">
         <v>310</v>
       </c>
-      <c r="D20" s="7">
+      <c r="D20" s="89">
         <v>60000000</v>
       </c>
-      <c r="E20" s="7"/>
-      <c r="F20" s="7">
+      <c r="E20" s="73"/>
+      <c r="F20" s="73">
         <f t="shared" si="0"/>
         <v>60000000</v>
       </c>
-      <c r="G20" s="8">
+      <c r="G20" s="7">
         <v>45716</v>
       </c>
-      <c r="H20" s="11" t="s">
+      <c r="H20" s="10" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="21" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C21" s="6" t="s">
+      <c r="C21" s="108" t="s">
         <v>61</v>
       </c>
-      <c r="D21" s="7">
+      <c r="D21" s="89">
         <v>19600000</v>
       </c>
-      <c r="E21" s="7"/>
-      <c r="F21" s="7">
+      <c r="E21" s="73"/>
+      <c r="F21" s="73">
         <f t="shared" si="0"/>
         <v>19600000</v>
       </c>
-      <c r="G21" s="8">
+      <c r="G21" s="7">
         <v>45716</v>
       </c>
-      <c r="H21" s="11" t="s">
+      <c r="H21" s="10" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="22" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="6" t="s">
+      <c r="C22" s="108" t="s">
         <v>311</v>
       </c>
-      <c r="D22" s="7">
+      <c r="D22" s="89">
         <v>30000000</v>
       </c>
-      <c r="E22" s="7"/>
-      <c r="F22" s="7">
+      <c r="E22" s="73"/>
+      <c r="F22" s="73">
         <f t="shared" si="0"/>
         <v>30000000</v>
       </c>
-      <c r="G22" s="9">
+      <c r="G22" s="8">
         <v>45716</v>
       </c>
-      <c r="H22" s="11" t="s">
+      <c r="H22" s="10" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C23" s="6" t="s">
+      <c r="C23" s="108" t="s">
         <v>312</v>
       </c>
-      <c r="D23" s="7">
+      <c r="D23" s="89">
         <v>33000000</v>
       </c>
-      <c r="E23" s="7"/>
-      <c r="F23" s="7">
+      <c r="E23" s="73"/>
+      <c r="F23" s="73">
         <f t="shared" si="0"/>
         <v>33000000</v>
       </c>
-      <c r="G23" s="8">
+      <c r="G23" s="7">
         <v>45719</v>
       </c>
-      <c r="H23" s="11" t="s">
+      <c r="H23" s="10" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C24" s="6" t="s">
+      <c r="C24" s="108" t="s">
         <v>313</v>
       </c>
-      <c r="D24" s="7">
+      <c r="D24" s="89">
         <v>30000000</v>
       </c>
-      <c r="E24" s="7"/>
-      <c r="F24" s="7">
+      <c r="E24" s="73">
+        <v>15000000</v>
+      </c>
+      <c r="F24" s="73">
+        <f t="shared" si="0"/>
+        <v>45000000</v>
+      </c>
+      <c r="G24" s="8">
+        <v>45721</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="145.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="108" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E25" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F25" s="73">
+        <f t="shared" si="0"/>
+        <v>36000000</v>
+      </c>
+      <c r="G25" s="8">
+        <v>45721</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="108" t="s">
+        <v>314</v>
+      </c>
+      <c r="D26" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E26" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F26" s="73">
+        <f t="shared" si="0"/>
+        <v>36000000</v>
+      </c>
+      <c r="G26" s="8">
+        <v>45721</v>
+      </c>
+      <c r="H26" s="10" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="108" t="s">
+        <v>315</v>
+      </c>
+      <c r="D27" s="89">
+        <v>59984000</v>
+      </c>
+      <c r="E27" s="73"/>
+      <c r="F27" s="73">
+        <f t="shared" si="0"/>
+        <v>59984000</v>
+      </c>
+      <c r="G27" s="8">
+        <v>45722</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="108" t="s">
+        <v>316</v>
+      </c>
+      <c r="D28" s="89">
+        <v>13500000</v>
+      </c>
+      <c r="E28" s="91"/>
+      <c r="F28" s="73">
+        <f t="shared" si="0"/>
+        <v>13500000</v>
+      </c>
+      <c r="G28" s="8">
+        <v>45723</v>
+      </c>
+      <c r="H28" s="10" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="108" t="s">
+        <v>317</v>
+      </c>
+      <c r="D29" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E29" s="73"/>
+      <c r="F29" s="73">
         <f t="shared" si="0"/>
         <v>30000000</v>
       </c>
-      <c r="G24" s="9">
-[...16 lines deleted...]
-      <c r="D25" s="7">
+      <c r="G29" s="8">
+        <v>45723</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="156.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="D30" s="89">
+        <v>27000000</v>
+      </c>
+      <c r="E30" s="73"/>
+      <c r="F30" s="73">
+        <f t="shared" si="0"/>
+        <v>27000000</v>
+      </c>
+      <c r="G30" s="8">
+        <v>45727</v>
+      </c>
+      <c r="H30" s="10" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="168.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="D31" s="89">
+        <v>37100000</v>
+      </c>
+      <c r="E31" s="73"/>
+      <c r="F31" s="73">
+        <f t="shared" si="0"/>
+        <v>37100000</v>
+      </c>
+      <c r="G31" s="8">
+        <v>45728</v>
+      </c>
+      <c r="H31" s="10" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>320</v>
+      </c>
+      <c r="D32" s="89">
+        <v>12000000</v>
+      </c>
+      <c r="E32" s="73"/>
+      <c r="F32" s="73">
+        <f t="shared" si="0"/>
+        <v>12000000</v>
+      </c>
+      <c r="G32" s="8">
+        <v>45727</v>
+      </c>
+      <c r="H32" s="10" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33" s="108" t="s">
+        <v>321</v>
+      </c>
+      <c r="D33" s="89">
+        <v>25800000</v>
+      </c>
+      <c r="E33" s="73">
+        <v>12900000</v>
+      </c>
+      <c r="F33" s="73">
+        <f t="shared" si="0"/>
+        <v>38700000</v>
+      </c>
+      <c r="G33" s="8">
+        <v>45727</v>
+      </c>
+      <c r="H33" s="10" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C34" s="108" t="s">
+        <v>322</v>
+      </c>
+      <c r="D34" s="89">
+        <v>43200000</v>
+      </c>
+      <c r="E34" s="73"/>
+      <c r="F34" s="73">
+        <f t="shared" si="0"/>
+        <v>43200000</v>
+      </c>
+      <c r="G34" s="8">
+        <v>45728</v>
+      </c>
+      <c r="H34" s="10" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="132.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C35" s="108" t="s">
+        <v>323</v>
+      </c>
+      <c r="D35" s="89">
+        <v>33000000</v>
+      </c>
+      <c r="E35" s="73">
+        <v>16500000</v>
+      </c>
+      <c r="F35" s="73">
+        <f t="shared" si="0"/>
+        <v>49500000</v>
+      </c>
+      <c r="G35" s="8">
+        <v>45728</v>
+      </c>
+      <c r="H35" s="10" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C36" s="109" t="s">
+        <v>324</v>
+      </c>
+      <c r="D36" s="89">
+        <v>83353000</v>
+      </c>
+      <c r="E36" s="73"/>
+      <c r="F36" s="73">
+        <f t="shared" si="0"/>
+        <v>83353000</v>
+      </c>
+      <c r="G36" s="8">
+        <v>45729</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="129.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C37" s="108" t="s">
+        <v>197</v>
+      </c>
+      <c r="D37" s="89">
+        <v>32083334</v>
+      </c>
+      <c r="E37" s="73"/>
+      <c r="F37" s="73">
+        <f t="shared" si="0"/>
+        <v>32083334</v>
+      </c>
+      <c r="G37" s="8">
+        <v>45729</v>
+      </c>
+      <c r="H37" s="10" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C38" s="109" t="s">
+        <v>261</v>
+      </c>
+      <c r="D38" s="89">
+        <v>36000000</v>
+      </c>
+      <c r="E38" s="73"/>
+      <c r="F38" s="73">
+        <f t="shared" si="0"/>
+        <v>36000000</v>
+      </c>
+      <c r="G38" s="8">
+        <v>45729</v>
+      </c>
+      <c r="H38" s="10" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="108" t="s">
+        <v>325</v>
+      </c>
+      <c r="D39" s="89">
+        <v>31800000</v>
+      </c>
+      <c r="E39" s="73">
+        <v>15900000</v>
+      </c>
+      <c r="F39" s="73">
+        <f t="shared" si="0"/>
+        <v>47700000</v>
+      </c>
+      <c r="G39" s="8">
+        <v>45729</v>
+      </c>
+      <c r="H39" s="10" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A40" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C40" s="108" t="s">
+        <v>326</v>
+      </c>
+      <c r="D40" s="89">
+        <v>42000000</v>
+      </c>
+      <c r="E40" s="73">
+        <v>21000000</v>
+      </c>
+      <c r="F40" s="73">
+        <f t="shared" si="0"/>
+        <v>63000000</v>
+      </c>
+      <c r="G40" s="8">
+        <v>45729</v>
+      </c>
+      <c r="H40" s="10" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C41" s="108" t="s">
+        <v>327</v>
+      </c>
+      <c r="D41" s="89">
         <v>24000000</v>
       </c>
-      <c r="E25" s="7"/>
-      <c r="F25" s="7">
+      <c r="E41" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F41" s="73">
+        <f t="shared" si="0"/>
+        <v>36000000</v>
+      </c>
+      <c r="G41" s="8">
+        <v>45734</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C42" s="13" t="s">
+        <v>328</v>
+      </c>
+      <c r="D42" s="89">
+        <v>53770000</v>
+      </c>
+      <c r="E42" s="73"/>
+      <c r="F42" s="73">
+        <f t="shared" si="0"/>
+        <v>53770000</v>
+      </c>
+      <c r="G42" s="8">
+        <v>45734</v>
+      </c>
+      <c r="H42" s="10" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>238</v>
+      </c>
+      <c r="D43" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E43" s="73"/>
+      <c r="F43" s="73">
         <f t="shared" si="0"/>
         <v>24000000</v>
       </c>
-      <c r="G25" s="9">
-[...16 lines deleted...]
-      <c r="D26" s="7">
+      <c r="G43" s="8">
+        <v>45735</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="156" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>329</v>
+      </c>
+      <c r="D44" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E44" s="73">
+        <v>15000000</v>
+      </c>
+      <c r="F44" s="73">
+        <f t="shared" si="0"/>
+        <v>45000000</v>
+      </c>
+      <c r="G44" s="8">
+        <v>45735</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C45" s="108" t="s">
+        <v>21</v>
+      </c>
+      <c r="D45" s="89">
         <v>24000000</v>
       </c>
-      <c r="E26" s="7"/>
-[...146 lines deleted...]
-      <c r="D32" s="7">
+      <c r="E45" s="73">
         <v>12000000</v>
       </c>
-      <c r="E32" s="7"/>
-[...150 lines deleted...]
-      <c r="F38" s="7">
+      <c r="F45" s="73">
         <f t="shared" si="0"/>
         <v>36000000</v>
       </c>
-      <c r="G38" s="9">
-[...124 lines deleted...]
-      <c r="G43" s="9">
+      <c r="G45" s="8">
         <v>45735</v>
       </c>
-      <c r="H43" s="11" t="s">
-[...49 lines deleted...]
-      <c r="H45" s="11" t="s">
+      <c r="H45" s="10" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="46" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" ht="144.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="C46" s="15" t="s">
+      <c r="C46" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="D46" s="7">
+      <c r="D46" s="89">
         <v>24000000</v>
       </c>
-      <c r="E46" s="7"/>
-      <c r="F46" s="7">
+      <c r="E46" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F46" s="73">
         <f t="shared" si="0"/>
-        <v>24000000</v>
-[...1 lines deleted...]
-      <c r="G46" s="9">
+        <v>36000000</v>
+      </c>
+      <c r="G46" s="8">
         <v>45735</v>
       </c>
-      <c r="H46" s="11" t="s">
+      <c r="H46" s="10" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="47" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A47" s="17" t="s">
+    <row r="47" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="C47" s="15" t="s">
+      <c r="C47" s="13" t="s">
         <v>330</v>
       </c>
-      <c r="D47" s="7">
+      <c r="D47" s="89">
         <v>42300000</v>
       </c>
-      <c r="E47" s="7"/>
-      <c r="F47" s="7">
+      <c r="E47" s="73"/>
+      <c r="F47" s="73">
         <f t="shared" si="0"/>
         <v>42300000</v>
       </c>
-      <c r="G47" s="9">
+      <c r="G47" s="8">
         <v>45735</v>
       </c>
-      <c r="H47" s="11" t="s">
+      <c r="H47" s="10" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="48" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A48" s="17" t="s">
+    <row r="48" spans="1:8" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C48" s="15" t="s">
+      <c r="C48" s="13" t="s">
         <v>331</v>
       </c>
-      <c r="D48" s="7">
+      <c r="D48" s="89">
         <v>31020000</v>
       </c>
-      <c r="E48" s="7"/>
-      <c r="F48" s="7">
+      <c r="E48" s="73"/>
+      <c r="F48" s="73">
         <f t="shared" si="0"/>
         <v>31020000</v>
       </c>
-      <c r="G48" s="9">
+      <c r="G48" s="8">
         <v>45735</v>
       </c>
-      <c r="H48" s="11" t="s">
+      <c r="H48" s="10" t="s">
         <v>534</v>
       </c>
     </row>
-    <row r="49" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A49" s="17" t="s">
+    <row r="49" spans="1:8" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="C49" s="15" t="s">
+      <c r="C49" s="13" t="s">
         <v>331</v>
       </c>
-      <c r="D49" s="7">
+      <c r="D49" s="89">
         <v>31020000</v>
       </c>
-      <c r="E49" s="7"/>
-      <c r="F49" s="7">
+      <c r="E49" s="73"/>
+      <c r="F49" s="73">
         <f t="shared" si="0"/>
         <v>31020000</v>
       </c>
-      <c r="G49" s="9">
+      <c r="G49" s="8">
         <v>45735</v>
       </c>
-      <c r="H49" s="11" t="s">
+      <c r="H49" s="10" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="50" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A50" s="17" t="s">
+    <row r="50" spans="1:8" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="C50" s="15" t="s">
+      <c r="C50" s="13" t="s">
         <v>332</v>
       </c>
-      <c r="D50" s="7">
+      <c r="D50" s="89">
         <v>32899200</v>
       </c>
-      <c r="E50" s="7"/>
-      <c r="F50" s="7">
+      <c r="E50" s="73"/>
+      <c r="F50" s="73">
         <f t="shared" si="0"/>
         <v>32899200</v>
       </c>
-      <c r="G50" s="9">
+      <c r="G50" s="8">
         <v>45735</v>
       </c>
-      <c r="H50" s="11" t="s">
+      <c r="H50" s="10" t="s">
         <v>536</v>
       </c>
     </row>
-    <row r="51" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A51" s="17" t="s">
+    <row r="51" spans="1:8" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="C51" s="15" t="s">
+      <c r="C51" s="13" t="s">
         <v>333</v>
       </c>
-      <c r="D51" s="7">
+      <c r="D51" s="89">
         <v>53485900</v>
       </c>
-      <c r="E51" s="7"/>
-      <c r="F51" s="7">
+      <c r="E51" s="73"/>
+      <c r="F51" s="73">
         <f t="shared" si="0"/>
         <v>53485900</v>
       </c>
-      <c r="G51" s="9">
+      <c r="G51" s="8">
         <v>45735</v>
       </c>
-      <c r="H51" s="11" t="s">
+      <c r="H51" s="10" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="52" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A52" s="17" t="s">
+    <row r="52" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="C52" s="15" t="s">
+      <c r="C52" s="13" t="s">
         <v>334</v>
       </c>
-      <c r="D52" s="7">
+      <c r="D52" s="89">
         <v>30000000</v>
       </c>
-      <c r="E52" s="7"/>
-      <c r="F52" s="7">
+      <c r="E52" s="73">
+        <v>15000000</v>
+      </c>
+      <c r="F52" s="73">
         <f t="shared" si="0"/>
-        <v>30000000</v>
-[...1 lines deleted...]
-      <c r="G52" s="9">
+        <v>45000000</v>
+      </c>
+      <c r="G52" s="8">
         <v>45736</v>
       </c>
-      <c r="H52" s="11" t="s">
+      <c r="H52" s="10" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="53" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A53" s="18" t="s">
+    <row r="53" spans="1:8" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="C53" s="15" t="s">
+      <c r="C53" s="13" t="s">
         <v>335</v>
       </c>
-      <c r="D53" s="7">
+      <c r="D53" s="89">
         <v>24000000</v>
       </c>
-      <c r="E53" s="7"/>
-      <c r="F53" s="7">
+      <c r="E53" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F53" s="73">
         <f t="shared" si="0"/>
-        <v>24000000</v>
-[...1 lines deleted...]
-      <c r="G53" s="9">
+        <v>36000000</v>
+      </c>
+      <c r="G53" s="8">
         <v>45736</v>
       </c>
-      <c r="H53" s="11" t="s">
+      <c r="H53" s="10" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="54" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A54" s="17" t="s">
+    <row r="54" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="C54" s="15" t="s">
+      <c r="C54" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="D54" s="7">
+      <c r="D54" s="89">
         <v>24000000</v>
       </c>
-      <c r="E54" s="7"/>
-      <c r="F54" s="7">
+      <c r="E54" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F54" s="73">
         <f t="shared" si="0"/>
-        <v>24000000</v>
-[...1 lines deleted...]
-      <c r="G54" s="19">
+        <v>36000000</v>
+      </c>
+      <c r="G54" s="17">
         <v>45736</v>
       </c>
-      <c r="H54" s="11" t="s">
+      <c r="H54" s="10" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="55" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="C55" s="6" t="s">
+      <c r="C55" s="108" t="s">
         <v>336</v>
       </c>
-      <c r="D55" s="7">
+      <c r="D55" s="89">
         <v>48365000</v>
       </c>
-      <c r="E55" s="7"/>
-      <c r="F55" s="7">
+      <c r="E55" s="73">
+        <v>4551984</v>
+      </c>
+      <c r="F55" s="73">
         <f t="shared" si="0"/>
-        <v>48365000</v>
-[...1 lines deleted...]
-      <c r="G55" s="19">
+        <v>52916984</v>
+      </c>
+      <c r="G55" s="17">
         <v>45736</v>
       </c>
-      <c r="H55" s="11" t="s">
+      <c r="H55" s="10" t="s">
         <v>541</v>
       </c>
     </row>
-    <row r="56" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A56" s="18" t="s">
+    <row r="56" spans="1:8" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C56" s="21" t="s">
+      <c r="C56" s="18" t="s">
         <v>337</v>
       </c>
-      <c r="D56" s="7">
+      <c r="D56" s="89">
         <v>1799593165</v>
       </c>
-      <c r="E56" s="7"/>
-      <c r="F56" s="7">
+      <c r="E56" s="73"/>
+      <c r="F56" s="73">
         <f t="shared" si="0"/>
         <v>1799593165</v>
       </c>
-      <c r="G56" s="9">
+      <c r="G56" s="8">
         <v>45737</v>
       </c>
-      <c r="H56" s="11" t="s">
+      <c r="H56" s="10" t="s">
         <v>542</v>
       </c>
     </row>
-    <row r="57" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B57" s="12" t="s">
+    <row r="57" spans="1:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B57" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="C57" s="21" t="s">
+      <c r="C57" s="18" t="s">
         <v>338</v>
       </c>
-      <c r="D57" s="7">
+      <c r="D57" s="89">
         <v>24000000</v>
       </c>
-      <c r="E57" s="7"/>
-      <c r="F57" s="7">
+      <c r="E57" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F57" s="73">
         <f t="shared" si="0"/>
-        <v>24000000</v>
-[...1 lines deleted...]
-      <c r="G57" s="19">
+        <v>36000000</v>
+      </c>
+      <c r="G57" s="17">
         <v>45737</v>
       </c>
-      <c r="H57" s="11" t="s">
+      <c r="H57" s="10" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="58" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A58" s="17" t="s">
+    <row r="58" spans="1:8" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="C58" s="6" t="s">
+      <c r="C58" s="108" t="s">
         <v>339</v>
       </c>
-      <c r="D58" s="7">
+      <c r="D58" s="89">
         <v>24000000</v>
       </c>
-      <c r="E58" s="7"/>
-      <c r="F58" s="7">
+      <c r="E58" s="73">
+        <v>12000000</v>
+      </c>
+      <c r="F58" s="73">
         <f t="shared" si="0"/>
-        <v>24000000</v>
-[...1 lines deleted...]
-      <c r="G58" s="9">
+        <v>36000000</v>
+      </c>
+      <c r="G58" s="8">
         <v>45737</v>
       </c>
-      <c r="H58" s="11" t="s">
+      <c r="H58" s="10" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A59" s="17" t="s">
+    <row r="59" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="C59" s="15" t="s">
+      <c r="C59" s="13" t="s">
         <v>340</v>
       </c>
-      <c r="D59" s="7">
+      <c r="D59" s="89">
         <v>24300000</v>
       </c>
-      <c r="E59" s="7"/>
-      <c r="F59" s="7">
+      <c r="E59" s="73"/>
+      <c r="F59" s="73">
         <f t="shared" si="0"/>
         <v>24300000</v>
       </c>
-      <c r="G59" s="9">
+      <c r="G59" s="8">
         <v>45737</v>
       </c>
-      <c r="H59" s="11" t="s">
+      <c r="H59" s="10" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="60" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A60" s="17" t="s">
+      <c r="A60" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="C60" s="15" t="s">
+      <c r="C60" s="13" t="s">
         <v>341</v>
       </c>
-      <c r="D60" s="7">
+      <c r="D60" s="89">
         <v>48300000</v>
       </c>
-      <c r="E60" s="7"/>
-      <c r="F60" s="7">
+      <c r="E60" s="92"/>
+      <c r="F60" s="92">
         <f t="shared" si="0"/>
         <v>48300000</v>
       </c>
-      <c r="G60" s="9">
+      <c r="G60" s="8">
         <v>45744</v>
       </c>
-      <c r="H60" s="11" t="s">
+      <c r="H60" s="10" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="61" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A61" s="17" t="s">
+    <row r="61" spans="1:8" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="C61" s="15" t="s">
+      <c r="C61" s="13" t="s">
         <v>342</v>
       </c>
-      <c r="D61" s="7">
+      <c r="D61" s="93">
         <v>45000000</v>
       </c>
-      <c r="E61" s="7"/>
-      <c r="F61" s="7">
+      <c r="E61" s="94"/>
+      <c r="F61" s="92">
+        <v>45000000</v>
+      </c>
+      <c r="G61" s="8">
+        <v>45744</v>
+      </c>
+      <c r="H61" s="10" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A62" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="D62" s="95">
+        <v>45000000</v>
+      </c>
+      <c r="E62" s="96"/>
+      <c r="F62" s="92">
         <f t="shared" si="0"/>
         <v>45000000</v>
       </c>
-      <c r="G61" s="9">
+      <c r="G62" s="17">
         <v>45744</v>
       </c>
-      <c r="H61" s="11" t="s">
-[...24 lines deleted...]
-      <c r="H62" s="11" t="s">
+      <c r="H62" s="10" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="63" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A63" s="17" t="s">
+    <row r="63" spans="1:8" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="C63" s="15" t="s">
+      <c r="C63" s="13" t="s">
         <v>344</v>
       </c>
-      <c r="D63" s="7">
+      <c r="D63" s="97">
         <v>318603204</v>
       </c>
-      <c r="E63" s="7"/>
-      <c r="F63" s="7">
+      <c r="E63" s="73"/>
+      <c r="F63" s="92">
         <f t="shared" si="0"/>
         <v>318603204</v>
       </c>
-      <c r="G63" s="9">
+      <c r="G63" s="8">
         <v>45744</v>
       </c>
-      <c r="H63" s="11" t="s">
+      <c r="H63" s="10" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="64" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A64" s="17" t="s">
+    <row r="64" spans="1:8" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="C64" s="6" t="s">
+      <c r="C64" s="108" t="s">
         <v>345</v>
       </c>
-      <c r="D64" s="7">
+      <c r="D64" s="89">
         <v>31500000</v>
       </c>
-      <c r="E64" s="7"/>
-      <c r="F64" s="7">
+      <c r="E64" s="73"/>
+      <c r="F64" s="73">
         <f t="shared" si="0"/>
         <v>31500000</v>
       </c>
-      <c r="G64" s="9">
+      <c r="G64" s="8">
         <v>45744</v>
       </c>
-      <c r="H64" s="11" t="s">
+      <c r="H64" s="10" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="65" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
-      <c r="A65" s="17" t="s">
+    <row r="65" spans="1:8" ht="168" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="C65" s="15" t="s">
+      <c r="C65" s="13" t="s">
         <v>346</v>
       </c>
-      <c r="D65" s="7">
+      <c r="D65" s="89">
         <v>36000000</v>
       </c>
-      <c r="E65" s="7"/>
-      <c r="F65" s="7">
+      <c r="E65" s="73"/>
+      <c r="F65" s="73">
         <f t="shared" si="0"/>
         <v>36000000</v>
       </c>
-      <c r="G65" s="9">
+      <c r="G65" s="8">
         <v>45747</v>
       </c>
-      <c r="H65" s="11" t="s">
+      <c r="H65" s="10" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="66" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A66" s="17" t="s">
+    <row r="66" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="C66" s="15" t="s">
+      <c r="C66" s="13" t="s">
         <v>347</v>
       </c>
-      <c r="D66" s="7">
+      <c r="D66" s="90">
         <v>1047262464.6799999</v>
       </c>
-      <c r="E66" s="7"/>
-      <c r="F66" s="7">
+      <c r="E66" s="91">
+        <v>37299609.509999998</v>
+      </c>
+      <c r="F66" s="91">
         <f t="shared" si="0"/>
-        <v>1047262464.6799999</v>
-[...1 lines deleted...]
-      <c r="G66" s="9">
+        <v>1084562074.1900001</v>
+      </c>
+      <c r="G66" s="8">
         <v>45747</v>
       </c>
-      <c r="H66" s="22" t="s">
+      <c r="H66" s="19" t="s">
         <v>552</v>
       </c>
     </row>
-    <row r="67" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
-      <c r="A67" s="17" t="s">
+    <row r="67" spans="1:8" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="C67" s="6" t="s">
+      <c r="C67" s="108" t="s">
         <v>348</v>
       </c>
-      <c r="D67" s="7">
+      <c r="D67" s="89">
         <v>35000000</v>
       </c>
-      <c r="E67" s="7"/>
-      <c r="F67" s="7">
+      <c r="E67" s="73"/>
+      <c r="F67" s="73">
         <f t="shared" ref="F67:F130" si="1">D67+E67</f>
         <v>35000000</v>
       </c>
-      <c r="G67" s="9">
+      <c r="G67" s="8">
         <v>45747</v>
       </c>
-      <c r="H67" s="11" t="s">
+      <c r="H67" s="10" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="68" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A68" s="17" t="s">
+    <row r="68" spans="1:8" ht="138.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="C68" s="15" t="s">
+      <c r="C68" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="D68" s="7">
+      <c r="D68" s="89">
         <v>42000000</v>
       </c>
-      <c r="E68" s="7"/>
-      <c r="F68" s="7">
+      <c r="E68" s="73"/>
+      <c r="F68" s="73">
         <f t="shared" si="1"/>
         <v>42000000</v>
       </c>
-      <c r="G68" s="9">
+      <c r="G68" s="8">
         <v>45747</v>
       </c>
-      <c r="H68" s="11" t="s">
+      <c r="H68" s="10" t="s">
         <v>554</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A69" s="17" t="s">
+    <row r="69" spans="1:8" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
         <v>292</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="C69" s="6" t="s">
+      <c r="C69" s="108" t="s">
         <v>350</v>
       </c>
-      <c r="D69" s="7">
+      <c r="D69" s="89">
         <v>49500000</v>
       </c>
-      <c r="E69" s="7"/>
-      <c r="F69" s="7">
+      <c r="E69" s="73"/>
+      <c r="F69" s="73">
         <f t="shared" si="1"/>
         <v>49500000</v>
       </c>
-      <c r="G69" s="9">
+      <c r="G69" s="8">
         <v>45747</v>
       </c>
-      <c r="H69" s="11" t="s">
+      <c r="H69" s="10" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A70" s="17" t="s">
+    <row r="70" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="C70" s="15" t="s">
+      <c r="C70" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="D70" s="7">
+      <c r="D70" s="89">
         <v>130000000</v>
       </c>
-      <c r="E70" s="7"/>
-      <c r="F70" s="7">
+      <c r="E70" s="73"/>
+      <c r="F70" s="73">
         <f t="shared" si="1"/>
         <v>130000000</v>
       </c>
-      <c r="G70" s="19">
+      <c r="G70" s="17">
         <v>45748</v>
       </c>
-      <c r="H70" s="11" t="s">
+      <c r="H70" s="10" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="71" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A71" s="17" t="s">
+    <row r="71" spans="1:8" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="C71" s="15" t="s">
+      <c r="C71" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="D71" s="7">
+      <c r="D71" s="89">
         <v>104000000</v>
       </c>
-      <c r="E71" s="7"/>
-      <c r="F71" s="7">
+      <c r="E71" s="73"/>
+      <c r="F71" s="73">
         <f t="shared" si="1"/>
         <v>104000000</v>
       </c>
-      <c r="G71" s="19">
+      <c r="G71" s="17">
         <v>45748</v>
       </c>
-      <c r="H71" s="11" t="s">
+      <c r="H71" s="10" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A72" s="17" t="s">
+      <c r="A72" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="C72" s="15" t="s">
+      <c r="C72" s="13" t="s">
         <v>352</v>
       </c>
-      <c r="D72" s="7">
+      <c r="D72" s="89">
         <v>24000000</v>
       </c>
-      <c r="E72" s="7"/>
-      <c r="F72" s="7">
+      <c r="E72" s="73">
+        <v>10400000</v>
+      </c>
+      <c r="F72" s="73">
+        <f t="shared" si="1"/>
+        <v>34400000</v>
+      </c>
+      <c r="G72" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H72" s="10" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C73" s="13" t="s">
+        <v>353</v>
+      </c>
+      <c r="D73" s="89">
+        <v>36000000</v>
+      </c>
+      <c r="E73" s="91">
+        <v>15600000</v>
+      </c>
+      <c r="F73" s="73">
+        <f t="shared" si="1"/>
+        <v>51600000</v>
+      </c>
+      <c r="G73" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H73" s="10" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C74" s="13" t="s">
+        <v>354</v>
+      </c>
+      <c r="D74" s="89">
+        <v>35857000</v>
+      </c>
+      <c r="E74" s="73"/>
+      <c r="F74" s="73">
+        <f t="shared" si="1"/>
+        <v>35857000</v>
+      </c>
+      <c r="G74" s="17">
+        <v>45749</v>
+      </c>
+      <c r="H74" s="10" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="216.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C75" s="13" t="s">
+        <v>355</v>
+      </c>
+      <c r="D75" s="89">
+        <v>15000000</v>
+      </c>
+      <c r="E75" s="73">
+        <v>6500000</v>
+      </c>
+      <c r="F75" s="73">
+        <f t="shared" si="1"/>
+        <v>21500000</v>
+      </c>
+      <c r="G75" s="17">
+        <v>45749</v>
+      </c>
+      <c r="H75" s="10" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="165.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C76" s="13" t="s">
+        <v>356</v>
+      </c>
+      <c r="D76" s="89">
+        <v>18000000</v>
+      </c>
+      <c r="E76" s="73">
+        <v>7700000</v>
+      </c>
+      <c r="F76" s="73">
+        <f t="shared" si="1"/>
+        <v>25700000</v>
+      </c>
+      <c r="G76" s="17">
+        <v>45749</v>
+      </c>
+      <c r="H76" s="10" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="D77" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E77" s="73"/>
+      <c r="F77" s="73">
+        <f t="shared" si="1"/>
+        <v>21000000</v>
+      </c>
+      <c r="G77" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H77" s="10" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C78" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="D78" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E78" s="73"/>
+      <c r="F78" s="73">
+        <f t="shared" si="1"/>
+        <v>21000000</v>
+      </c>
+      <c r="G78" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H78" s="10" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C79" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="D79" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E79" s="73"/>
+      <c r="F79" s="73">
+        <f t="shared" si="1"/>
+        <v>21000000</v>
+      </c>
+      <c r="G79" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H79" s="10" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A80" s="15"/>
+      <c r="B80" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C80" s="13" t="s">
+        <v>358</v>
+      </c>
+      <c r="D80" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E80" s="73"/>
+      <c r="F80" s="73">
+        <f t="shared" si="1"/>
+        <v>21000000</v>
+      </c>
+      <c r="G80" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H80" s="10" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C81" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="D81" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E81" s="73"/>
+      <c r="F81" s="73">
+        <f t="shared" si="1"/>
+        <v>21000000</v>
+      </c>
+      <c r="G81" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H81" s="10" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C82" s="13" t="s">
+        <v>360</v>
+      </c>
+      <c r="D82" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E82" s="73"/>
+      <c r="F82" s="73">
+        <f t="shared" si="1"/>
+        <v>13300000</v>
+      </c>
+      <c r="G82" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H82" s="10" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C83" s="108" t="s">
+        <v>361</v>
+      </c>
+      <c r="D83" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E83" s="73"/>
+      <c r="F83" s="73">
+        <f t="shared" si="1"/>
+        <v>13300000</v>
+      </c>
+      <c r="G83" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H83" s="10" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C84" s="13" t="s">
+        <v>362</v>
+      </c>
+      <c r="D84" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E84" s="73"/>
+      <c r="F84" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G84" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H84" s="10" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="D85" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E85" s="73"/>
+      <c r="F85" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G85" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H85" s="10" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A86" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C86" s="13" t="s">
+        <v>364</v>
+      </c>
+      <c r="D86" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E86" s="73"/>
+      <c r="F86" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G86" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H86" s="10" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C87" s="13" t="s">
+        <v>365</v>
+      </c>
+      <c r="D87" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E87" s="73"/>
+      <c r="F87" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G87" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H87" s="10" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A88" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B88" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="C88" s="13" t="s">
+        <v>366</v>
+      </c>
+      <c r="D88" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E88" s="73"/>
+      <c r="F88" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G88" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H88" s="10" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C89" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="D89" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E89" s="91"/>
+      <c r="F89" s="73">
+        <f t="shared" si="1"/>
+        <v>13300000</v>
+      </c>
+      <c r="G89" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H89" s="10" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C90" s="13" t="s">
+        <v>367</v>
+      </c>
+      <c r="D90" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E90" s="73"/>
+      <c r="F90" s="73">
+        <f t="shared" si="1"/>
+        <v>13300000</v>
+      </c>
+      <c r="G90" s="8">
+        <v>45750</v>
+      </c>
+      <c r="H90" s="10" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A91" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C91" s="13" t="s">
+        <v>368</v>
+      </c>
+      <c r="D91" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E91" s="73"/>
+      <c r="F91" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G91" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H91" s="10" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A92" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C92" s="13" t="s">
+        <v>369</v>
+      </c>
+      <c r="D92" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E92" s="73"/>
+      <c r="F92" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G92" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A93" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C93" s="13" t="s">
+        <v>370</v>
+      </c>
+      <c r="D93" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E93" s="73"/>
+      <c r="F93" s="73">
+        <f>D93+E93</f>
+        <v>16100000</v>
+      </c>
+      <c r="G93" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H93" s="10" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A94" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C94" s="13" t="s">
+        <v>371</v>
+      </c>
+      <c r="D94" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E94" s="73"/>
+      <c r="F94" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G94" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H94" s="10" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A95" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C95" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="D95" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E95" s="73"/>
+      <c r="F95" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G95" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H95" s="10" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A96" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C96" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="D96" s="98">
+        <v>16100000</v>
+      </c>
+      <c r="E96" s="73"/>
+      <c r="F96" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G96" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H96" s="10" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C97" s="13" t="s">
+        <v>374</v>
+      </c>
+      <c r="D97" s="98">
+        <v>16100000</v>
+      </c>
+      <c r="E97" s="73"/>
+      <c r="F97" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G97" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H97" s="10" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A98" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C98" s="13" t="s">
+        <v>375</v>
+      </c>
+      <c r="D98" s="98">
+        <v>16100000</v>
+      </c>
+      <c r="E98" s="73"/>
+      <c r="F98" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G98" s="17">
+        <v>45750</v>
+      </c>
+      <c r="H98" s="10" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A99" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>376</v>
+      </c>
+      <c r="D99" s="98">
+        <v>16100000</v>
+      </c>
+      <c r="E99" s="73"/>
+      <c r="F99" s="73">
+        <f t="shared" si="1"/>
+        <v>16100000</v>
+      </c>
+      <c r="G99" s="8">
+        <v>45750</v>
+      </c>
+      <c r="H99" s="10" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A100" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C100" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="D100" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E100" s="73"/>
+      <c r="F100" s="73">
+        <f t="shared" si="1"/>
+        <v>13300000</v>
+      </c>
+      <c r="G100" s="7">
+        <v>45750</v>
+      </c>
+      <c r="H100" s="10" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C101" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D101" s="89">
+        <v>43333000</v>
+      </c>
+      <c r="E101" s="73"/>
+      <c r="F101" s="73">
+        <f t="shared" si="1"/>
+        <v>43333000</v>
+      </c>
+      <c r="G101" s="17">
+        <v>45751</v>
+      </c>
+      <c r="H101" s="10" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B102" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="C102" s="110" t="s">
+        <v>378</v>
+      </c>
+      <c r="D102" s="89">
+        <v>15000000</v>
+      </c>
+      <c r="E102" s="61">
+        <v>6333000</v>
+      </c>
+      <c r="F102" s="73">
+        <f t="shared" si="1"/>
+        <v>21333000</v>
+      </c>
+      <c r="G102" s="12">
+        <v>45751</v>
+      </c>
+      <c r="H102" s="24" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A103" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C103" s="13" t="s">
+        <v>379</v>
+      </c>
+      <c r="D103" s="89">
+        <v>28000000</v>
+      </c>
+      <c r="E103" s="73"/>
+      <c r="F103" s="73">
+        <f t="shared" si="1"/>
+        <v>28000000</v>
+      </c>
+      <c r="G103" s="17">
+        <v>45751</v>
+      </c>
+      <c r="H103" s="10" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C104" s="108" t="s">
+        <v>380</v>
+      </c>
+      <c r="D104" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E104" s="73"/>
+      <c r="F104" s="73">
         <f t="shared" si="1"/>
         <v>24000000</v>
       </c>
-      <c r="G72" s="19">
-[...16 lines deleted...]
-      <c r="D73" s="7">
+      <c r="G104" s="7">
+        <v>45751</v>
+      </c>
+      <c r="H104" s="10" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C105" s="13" t="s">
+        <v>381</v>
+      </c>
+      <c r="D105" s="89">
+        <v>27500000</v>
+      </c>
+      <c r="E105" s="73"/>
+      <c r="F105" s="73">
+        <f t="shared" si="1"/>
+        <v>27500000</v>
+      </c>
+      <c r="G105" s="17">
+        <v>45751</v>
+      </c>
+      <c r="H105" s="10" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="C106" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="D106" s="89">
         <v>36000000</v>
       </c>
-      <c r="E73" s="14"/>
-      <c r="F73" s="7">
+      <c r="E106" s="73"/>
+      <c r="F106" s="73">
         <f t="shared" si="1"/>
         <v>36000000</v>
       </c>
-      <c r="G73" s="19">
-[...20 lines deleted...]
-      <c r="F74" s="7">
+      <c r="G106" s="7">
+        <v>45751</v>
+      </c>
+      <c r="H106" s="10" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C107" s="13" t="s">
+        <v>383</v>
+      </c>
+      <c r="D107" s="89">
+        <v>39000000</v>
+      </c>
+      <c r="E107" s="73"/>
+      <c r="F107" s="73">
         <f t="shared" si="1"/>
-        <v>35857000</v>
-[...22 lines deleted...]
-      <c r="F75" s="7">
+        <v>39000000</v>
+      </c>
+      <c r="G107" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H107" s="10" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A108" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C108" s="13" t="s">
+        <v>384</v>
+      </c>
+      <c r="D108" s="89">
+        <v>40000000</v>
+      </c>
+      <c r="E108" s="73"/>
+      <c r="F108" s="73">
         <f t="shared" si="1"/>
-        <v>15000000</v>
-[...22 lines deleted...]
-      <c r="F76" s="7">
+        <v>40000000</v>
+      </c>
+      <c r="G108" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H108" s="10" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="C109" s="13" t="s">
+        <v>385</v>
+      </c>
+      <c r="D109" s="89">
+        <v>44996000</v>
+      </c>
+      <c r="E109" s="73">
+        <v>6428000</v>
+      </c>
+      <c r="F109" s="73">
         <f t="shared" si="1"/>
-        <v>18000000</v>
-[...18 lines deleted...]
-      <c r="D77" s="7">
+        <v>51424000</v>
+      </c>
+      <c r="G109" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H109" s="10" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="116.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C110" s="13" t="s">
+        <v>386</v>
+      </c>
+      <c r="D110" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E110" s="73"/>
+      <c r="F110" s="73">
+        <f t="shared" si="1"/>
+        <v>24000000</v>
+      </c>
+      <c r="G110" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H110" s="10" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C111" s="13" t="s">
+        <v>387</v>
+      </c>
+      <c r="D111" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E111" s="73"/>
+      <c r="F111" s="73">
+        <f t="shared" si="1"/>
+        <v>30000000</v>
+      </c>
+      <c r="G111" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H111" s="10" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C112" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="D112" s="89">
+        <v>15400000</v>
+      </c>
+      <c r="E112" s="73"/>
+      <c r="F112" s="73">
+        <f t="shared" si="1"/>
+        <v>15400000</v>
+      </c>
+      <c r="G112" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C113" s="13" t="s">
+        <v>389</v>
+      </c>
+      <c r="D113" s="89">
+        <v>52700000</v>
+      </c>
+      <c r="E113" s="73"/>
+      <c r="F113" s="73">
+        <f t="shared" si="1"/>
+        <v>52700000</v>
+      </c>
+      <c r="G113" s="7">
+        <v>45754</v>
+      </c>
+      <c r="H113" s="10" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A114" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C114" s="13" t="s">
+        <v>390</v>
+      </c>
+      <c r="D114" s="89">
+        <v>31500000</v>
+      </c>
+      <c r="E114" s="73"/>
+      <c r="F114" s="73">
+        <f t="shared" si="1"/>
+        <v>31500000</v>
+      </c>
+      <c r="G114" s="7">
+        <v>45755</v>
+      </c>
+      <c r="H114" s="10" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A115" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C115" s="13" t="s">
+        <v>391</v>
+      </c>
+      <c r="D115" s="89">
+        <v>37500000</v>
+      </c>
+      <c r="E115" s="73"/>
+      <c r="F115" s="73">
+        <f t="shared" si="1"/>
+        <v>37500000</v>
+      </c>
+      <c r="G115" s="7">
+        <v>45756</v>
+      </c>
+      <c r="H115" s="10" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C116" s="13" t="s">
+        <v>392</v>
+      </c>
+      <c r="D116" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E116" s="73"/>
+      <c r="F116" s="73">
+        <f t="shared" si="1"/>
+        <v>30000000</v>
+      </c>
+      <c r="G116" s="7">
+        <v>45756</v>
+      </c>
+      <c r="H116" s="10" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C117" s="13" t="s">
+        <v>393</v>
+      </c>
+      <c r="D117" s="89">
+        <v>38250000</v>
+      </c>
+      <c r="E117" s="73"/>
+      <c r="F117" s="73">
+        <f t="shared" si="1"/>
+        <v>38250000</v>
+      </c>
+      <c r="G117" s="7">
+        <v>45757</v>
+      </c>
+      <c r="H117" s="10" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C118" s="13" t="s">
+        <v>394</v>
+      </c>
+      <c r="D118" s="89">
+        <v>33000000</v>
+      </c>
+      <c r="E118" s="73"/>
+      <c r="F118" s="73">
+        <f t="shared" si="1"/>
+        <v>33000000</v>
+      </c>
+      <c r="G118" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H118" s="10" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C119" s="13" t="s">
+        <v>395</v>
+      </c>
+      <c r="D119" s="89">
+        <v>21900000</v>
+      </c>
+      <c r="E119" s="73"/>
+      <c r="F119" s="73">
+        <f t="shared" si="1"/>
+        <v>21900000</v>
+      </c>
+      <c r="G119" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H119" s="10" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="117" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C120" s="13" t="s">
+        <v>396</v>
+      </c>
+      <c r="D120" s="89">
+        <v>12500000</v>
+      </c>
+      <c r="E120" s="73"/>
+      <c r="F120" s="73">
+        <f t="shared" si="1"/>
+        <v>12500000</v>
+      </c>
+      <c r="G120" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H120" s="10" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C121" s="108" t="s">
+        <v>397</v>
+      </c>
+      <c r="D121" s="89">
+        <v>10500000</v>
+      </c>
+      <c r="E121" s="73"/>
+      <c r="F121" s="73">
+        <f t="shared" si="1"/>
+        <v>10500000</v>
+      </c>
+      <c r="G121" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H121" s="10" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C122" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="D122" s="89">
+        <v>27000000</v>
+      </c>
+      <c r="E122" s="73"/>
+      <c r="F122" s="73">
+        <f t="shared" si="1"/>
+        <v>27000000</v>
+      </c>
+      <c r="G122" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H122" s="10" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C123" s="108" t="s">
+        <v>399</v>
+      </c>
+      <c r="D123" s="89">
+        <v>21900000</v>
+      </c>
+      <c r="E123" s="73"/>
+      <c r="F123" s="73">
+        <f t="shared" si="1"/>
+        <v>21900000</v>
+      </c>
+      <c r="G123" s="7">
+        <v>45758</v>
+      </c>
+      <c r="H123" s="10" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C124" s="13" t="s">
+        <v>400</v>
+      </c>
+      <c r="D124" s="89">
+        <v>38500000</v>
+      </c>
+      <c r="E124" s="73"/>
+      <c r="F124" s="73">
+        <f t="shared" si="1"/>
+        <v>38500000</v>
+      </c>
+      <c r="G124" s="7">
+        <v>45761</v>
+      </c>
+      <c r="H124" s="10" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="129.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C125" s="108" t="s">
+        <v>401</v>
+      </c>
+      <c r="D125" s="89">
         <v>21000000</v>
       </c>
-      <c r="E77" s="7"/>
-      <c r="F77" s="7">
+      <c r="E125" s="73"/>
+      <c r="F125" s="73">
         <f t="shared" si="1"/>
         <v>21000000</v>
       </c>
-      <c r="G77" s="19">
-[...1172 lines deleted...]
-      <c r="G124" s="8">
+      <c r="G125" s="7">
         <v>45761</v>
       </c>
-      <c r="H124" s="11" t="s">
-[...24 lines deleted...]
-      <c r="H125" s="11" t="s">
+      <c r="H125" s="10" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="126" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A126" s="18" t="s">
+    <row r="126" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="C126" s="15" t="s">
+      <c r="C126" s="13" t="s">
         <v>402</v>
       </c>
-      <c r="D126" s="7">
+      <c r="D126" s="89">
         <v>14000000</v>
       </c>
-      <c r="E126" s="7"/>
-      <c r="F126" s="7">
+      <c r="E126" s="73"/>
+      <c r="F126" s="73">
         <f t="shared" si="1"/>
         <v>14000000</v>
       </c>
-      <c r="G126" s="8">
+      <c r="G126" s="7">
         <v>45761</v>
       </c>
-      <c r="H126" s="11" t="s">
+      <c r="H126" s="10" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="127" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A127" s="18" t="s">
+    <row r="127" spans="1:8" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="C127" s="15" t="s">
+      <c r="C127" s="13" t="s">
         <v>403</v>
       </c>
-      <c r="D127" s="7">
+      <c r="D127" s="89">
         <v>14000000</v>
       </c>
-      <c r="E127" s="7"/>
-      <c r="F127" s="7">
+      <c r="E127" s="73"/>
+      <c r="F127" s="73">
         <f t="shared" si="1"/>
         <v>14000000</v>
       </c>
-      <c r="G127" s="8">
+      <c r="G127" s="7">
         <v>45761</v>
       </c>
-      <c r="H127" s="11" t="s">
+      <c r="H127" s="10" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="128" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A128" s="18" t="s">
+      <c r="A128" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="C128" s="15" t="s">
+      <c r="C128" s="13" t="s">
         <v>404</v>
       </c>
-      <c r="D128" s="7">
+      <c r="D128" s="89">
         <v>14000000</v>
       </c>
-      <c r="E128" s="7"/>
-      <c r="F128" s="7">
+      <c r="E128" s="73"/>
+      <c r="F128" s="73">
         <f t="shared" si="1"/>
         <v>14000000</v>
       </c>
-      <c r="G128" s="8">
+      <c r="G128" s="7">
         <v>45761</v>
       </c>
-      <c r="H128" s="11" t="s">
+      <c r="H128" s="10" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="129" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A129" s="18" t="s">
+      <c r="A129" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C129" s="15" t="s">
+      <c r="C129" s="13" t="s">
         <v>405</v>
       </c>
-      <c r="D129" s="7">
+      <c r="D129" s="89">
         <v>14000000</v>
       </c>
-      <c r="E129" s="7"/>
-      <c r="F129" s="7">
+      <c r="E129" s="73"/>
+      <c r="F129" s="73">
         <f t="shared" si="1"/>
         <v>14000000</v>
       </c>
-      <c r="G129" s="8">
+      <c r="G129" s="7">
         <v>45761</v>
       </c>
-      <c r="H129" s="11" t="s">
+      <c r="H129" s="10" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="130" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A130" s="18" t="s">
+      <c r="A130" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C130" s="15" t="s">
+      <c r="C130" s="13" t="s">
         <v>406</v>
       </c>
-      <c r="D130" s="7">
+      <c r="D130" s="89">
         <v>14000000</v>
       </c>
-      <c r="E130" s="7"/>
-      <c r="F130" s="7">
+      <c r="E130" s="73"/>
+      <c r="F130" s="73">
         <f t="shared" si="1"/>
         <v>14000000</v>
       </c>
-      <c r="G130" s="8">
+      <c r="G130" s="7">
         <v>45761</v>
       </c>
-      <c r="H130" s="11" t="s">
+      <c r="H130" s="10" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="131" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A131" s="18" t="s">
+      <c r="A131" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="C131" s="15" t="s">
+      <c r="C131" s="13" t="s">
         <v>407</v>
       </c>
-      <c r="D131" s="7">
+      <c r="D131" s="89">
         <v>31500000</v>
       </c>
-      <c r="E131" s="7"/>
-[...1 lines deleted...]
-        <f t="shared" ref="F131:F194" si="2">D131+E131</f>
+      <c r="E131" s="73"/>
+      <c r="F131" s="73">
+        <f t="shared" ref="F131:F195" si="2">D131+E131</f>
         <v>31500000</v>
       </c>
-      <c r="G131" s="8">
+      <c r="G131" s="7">
         <v>45761</v>
       </c>
-      <c r="H131" s="11" t="s">
+      <c r="H131" s="10" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="132" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A132" s="18" t="s">
+      <c r="A132" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="C132" s="15" t="s">
+      <c r="C132" s="13" t="s">
         <v>408</v>
       </c>
-      <c r="D132" s="7">
+      <c r="D132" s="89">
         <v>14000000</v>
       </c>
-      <c r="E132" s="7"/>
-      <c r="F132" s="7">
+      <c r="E132" s="73"/>
+      <c r="F132" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G132" s="8">
+      <c r="G132" s="7">
         <v>45761</v>
       </c>
-      <c r="H132" s="11" t="s">
+      <c r="H132" s="10" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="133" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A133" s="18" t="s">
+      <c r="A133" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="C133" s="15" t="s">
+      <c r="C133" s="13" t="s">
         <v>409</v>
       </c>
-      <c r="D133" s="7">
+      <c r="D133" s="89">
         <v>14000000</v>
       </c>
-      <c r="E133" s="7"/>
-      <c r="F133" s="7">
+      <c r="E133" s="73"/>
+      <c r="F133" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G133" s="8">
+      <c r="G133" s="7">
         <v>45761</v>
       </c>
-      <c r="H133" s="11" t="s">
+      <c r="H133" s="10" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="134" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A134" s="18" t="s">
+      <c r="A134" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="C134" s="15" t="s">
+      <c r="C134" s="13" t="s">
         <v>410</v>
       </c>
-      <c r="D134" s="7">
+      <c r="D134" s="89">
         <v>14000000</v>
       </c>
-      <c r="E134" s="7"/>
-      <c r="F134" s="7">
+      <c r="E134" s="73"/>
+      <c r="F134" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G134" s="8">
+      <c r="G134" s="7">
         <v>45761</v>
       </c>
-      <c r="H134" s="11" t="s">
+      <c r="H134" s="10" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="135" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A135" s="18" t="s">
+      <c r="A135" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C135" s="15" t="s">
+      <c r="C135" s="13" t="s">
         <v>411</v>
       </c>
-      <c r="D135" s="7">
+      <c r="D135" s="89">
         <v>14000000</v>
       </c>
-      <c r="E135" s="7"/>
-      <c r="F135" s="7">
+      <c r="E135" s="73"/>
+      <c r="F135" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G135" s="8">
+      <c r="G135" s="7">
         <v>45761</v>
       </c>
-      <c r="H135" s="11" t="s">
+      <c r="H135" s="10" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="136" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A136" s="18" t="s">
+      <c r="A136" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="C136" s="15" t="s">
+      <c r="C136" s="13" t="s">
         <v>412</v>
       </c>
-      <c r="D136" s="7">
+      <c r="D136" s="89">
         <v>14000000</v>
       </c>
-      <c r="E136" s="7"/>
-      <c r="F136" s="7">
+      <c r="E136" s="73"/>
+      <c r="F136" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G136" s="8">
+      <c r="G136" s="7">
         <v>45761</v>
       </c>
-      <c r="H136" s="11" t="s">
+      <c r="H136" s="10" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="137" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A137" s="18" t="s">
+      <c r="A137" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="C137" s="15" t="s">
+      <c r="C137" s="13" t="s">
         <v>413</v>
       </c>
-      <c r="D137" s="7">
+      <c r="D137" s="89">
         <v>14000000</v>
       </c>
-      <c r="E137" s="7"/>
-      <c r="F137" s="7">
+      <c r="E137" s="73"/>
+      <c r="F137" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G137" s="8">
+      <c r="G137" s="7">
         <v>45761</v>
       </c>
-      <c r="H137" s="11" t="s">
+      <c r="H137" s="10" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="138" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A138" s="18" t="s">
+      <c r="A138" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="C138" s="6" t="s">
+      <c r="C138" s="108" t="s">
         <v>414</v>
       </c>
-      <c r="D138" s="7">
+      <c r="D138" s="89">
         <v>14000000</v>
       </c>
-      <c r="E138" s="7"/>
-      <c r="F138" s="7">
+      <c r="E138" s="73"/>
+      <c r="F138" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G138" s="8">
+      <c r="G138" s="7">
         <v>45761</v>
       </c>
-      <c r="H138" s="11" t="s">
+      <c r="H138" s="10" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="139" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A139" s="18" t="s">
+      <c r="A139" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="C139" s="15" t="s">
+      <c r="C139" s="13" t="s">
         <v>415</v>
       </c>
-      <c r="D139" s="7">
+      <c r="D139" s="89">
         <v>14000000</v>
       </c>
-      <c r="E139" s="7"/>
-      <c r="F139" s="7">
+      <c r="E139" s="73"/>
+      <c r="F139" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G139" s="8">
+      <c r="G139" s="7">
         <v>45761</v>
       </c>
-      <c r="H139" s="11" t="s">
+      <c r="H139" s="10" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="140" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A140" s="18" t="s">
+      <c r="A140" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="C140" s="15" t="s">
+      <c r="C140" s="13" t="s">
         <v>416</v>
       </c>
-      <c r="D140" s="7">
+      <c r="D140" s="89">
         <v>14000000</v>
       </c>
-      <c r="E140" s="7"/>
-      <c r="F140" s="7">
+      <c r="E140" s="73"/>
+      <c r="F140" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G140" s="8">
+      <c r="G140" s="7">
         <v>45761</v>
       </c>
-      <c r="H140" s="11" t="s">
+      <c r="H140" s="10" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="141" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A141" s="18" t="s">
+      <c r="A141" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="C141" s="15" t="s">
+      <c r="C141" s="13" t="s">
         <v>417</v>
       </c>
-      <c r="D141" s="7">
+      <c r="D141" s="89">
         <v>14000000</v>
       </c>
-      <c r="E141" s="7"/>
-      <c r="F141" s="7">
+      <c r="E141" s="73"/>
+      <c r="F141" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G141" s="8">
+      <c r="G141" s="7">
         <v>45761</v>
       </c>
-      <c r="H141" s="11" t="s">
+      <c r="H141" s="10" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="142" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A142" s="18" t="s">
+      <c r="A142" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="C142" s="15" t="s">
+      <c r="C142" s="13" t="s">
         <v>418</v>
       </c>
-      <c r="D142" s="7">
+      <c r="D142" s="89">
         <v>14000000</v>
       </c>
-      <c r="E142" s="7"/>
-      <c r="F142" s="7">
+      <c r="E142" s="73"/>
+      <c r="F142" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G142" s="8">
+      <c r="G142" s="7">
         <v>45761</v>
       </c>
-      <c r="H142" s="11" t="s">
+      <c r="H142" s="10" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="143" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A143" s="18" t="s">
+      <c r="A143" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="C143" s="6" t="s">
+      <c r="C143" s="108" t="s">
         <v>419</v>
       </c>
-      <c r="D143" s="7">
+      <c r="D143" s="89">
         <v>14000000</v>
       </c>
-      <c r="E143" s="7"/>
-      <c r="F143" s="7">
+      <c r="E143" s="73"/>
+      <c r="F143" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G143" s="8">
+      <c r="G143" s="7">
         <v>45761</v>
       </c>
-      <c r="H143" s="11" t="s">
+      <c r="H143" s="10" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="144" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A144" s="18" t="s">
+      <c r="A144" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="C144" s="15" t="s">
+      <c r="C144" s="13" t="s">
         <v>420</v>
       </c>
-      <c r="D144" s="7">
+      <c r="D144" s="89">
         <v>14000000</v>
       </c>
-      <c r="E144" s="7"/>
-      <c r="F144" s="7">
+      <c r="E144" s="73"/>
+      <c r="F144" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G144" s="9">
+      <c r="G144" s="8">
         <v>45761</v>
       </c>
-      <c r="H144" s="11" t="s">
+      <c r="H144" s="10" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="145" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A145" s="18" t="s">
+      <c r="A145" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="C145" s="15" t="s">
+      <c r="C145" s="13" t="s">
         <v>421</v>
       </c>
-      <c r="D145" s="7">
+      <c r="D145" s="89">
         <v>14000000</v>
       </c>
-      <c r="E145" s="7"/>
-      <c r="F145" s="7">
+      <c r="E145" s="73"/>
+      <c r="F145" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G145" s="9">
+      <c r="G145" s="8">
         <v>45761</v>
       </c>
-      <c r="H145" s="11" t="s">
+      <c r="H145" s="10" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="146" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A146" s="18" t="s">
+      <c r="A146" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="C146" s="15" t="s">
+      <c r="C146" s="13" t="s">
         <v>422</v>
       </c>
-      <c r="D146" s="7">
+      <c r="D146" s="89">
         <v>14000000</v>
       </c>
-      <c r="E146" s="7"/>
-      <c r="F146" s="7">
+      <c r="E146" s="73"/>
+      <c r="F146" s="73">
         <f t="shared" si="2"/>
         <v>14000000</v>
       </c>
-      <c r="G146" s="9">
+      <c r="G146" s="8">
         <v>45761</v>
       </c>
-      <c r="H146" s="11" t="s">
+      <c r="H146" s="10" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="147" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="18" t="s">
+      <c r="A147" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="C147" s="15" t="s">
+      <c r="C147" s="13" t="s">
         <v>423</v>
       </c>
-      <c r="D147" s="7">
+      <c r="D147" s="89">
         <v>36000000</v>
       </c>
-      <c r="E147" s="7"/>
-      <c r="F147" s="7">
+      <c r="E147" s="73"/>
+      <c r="F147" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G147" s="9">
+      <c r="G147" s="8">
         <v>45762</v>
       </c>
-      <c r="H147" s="11" t="s">
+      <c r="H147" s="10" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="148" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A148" s="18" t="s">
+    <row r="148" spans="1:8" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="C148" s="21" t="s">
+      <c r="C148" s="18" t="s">
         <v>424</v>
       </c>
-      <c r="D148" s="7">
+      <c r="D148" s="89">
         <v>28050000</v>
       </c>
-      <c r="E148" s="7"/>
-      <c r="F148" s="7">
+      <c r="E148" s="73"/>
+      <c r="F148" s="73">
         <f t="shared" si="2"/>
         <v>28050000</v>
       </c>
-      <c r="G148" s="8">
+      <c r="G148" s="7">
         <v>45763</v>
       </c>
-      <c r="H148" s="11" t="s">
+      <c r="H148" s="10" t="s">
         <v>634</v>
       </c>
     </row>
-    <row r="149" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A149" s="18" t="s">
+    <row r="149" spans="1:8" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="C149" s="21" t="s">
+      <c r="C149" s="18" t="s">
         <v>425</v>
       </c>
-      <c r="D149" s="7">
+      <c r="D149" s="89">
         <v>49500000</v>
       </c>
-      <c r="E149" s="7"/>
-      <c r="F149" s="7">
+      <c r="E149" s="73"/>
+      <c r="F149" s="73">
         <f t="shared" si="2"/>
         <v>49500000</v>
       </c>
-      <c r="G149" s="8">
+      <c r="G149" s="7">
         <v>45763</v>
       </c>
-      <c r="H149" s="11" t="s">
+      <c r="H149" s="10" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="150" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A150" s="18" t="s">
+      <c r="A150" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="C150" s="21" t="s">
+      <c r="C150" s="18" t="s">
         <v>426</v>
       </c>
-      <c r="D150" s="7">
+      <c r="D150" s="89">
         <v>21900000</v>
       </c>
-      <c r="E150" s="7"/>
-      <c r="F150" s="7">
+      <c r="E150" s="73"/>
+      <c r="F150" s="73">
         <f t="shared" si="2"/>
         <v>21900000</v>
       </c>
-      <c r="G150" s="8">
+      <c r="G150" s="7">
         <v>45768</v>
       </c>
-      <c r="H150" s="11" t="s">
+      <c r="H150" s="10" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="151" spans="1:8" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="18" t="s">
+      <c r="A151" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="C151" s="15" t="s">
+      <c r="C151" s="13" t="s">
         <v>427</v>
       </c>
-      <c r="D151" s="7">
+      <c r="D151" s="89">
         <v>21900000</v>
       </c>
-      <c r="E151" s="7"/>
-      <c r="F151" s="7">
+      <c r="E151" s="73"/>
+      <c r="F151" s="73">
         <f t="shared" si="2"/>
         <v>21900000</v>
       </c>
-      <c r="G151" s="8">
+      <c r="G151" s="7">
         <v>45768</v>
       </c>
-      <c r="H151" s="11" t="s">
+      <c r="H151" s="10" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="152" spans="1:8" ht="157.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="18" t="s">
+      <c r="A152" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="C152" s="15" t="s">
+      <c r="C152" s="13" t="s">
         <v>428</v>
       </c>
-      <c r="D152" s="7">
+      <c r="D152" s="89">
         <v>52000000</v>
       </c>
-      <c r="E152" s="7"/>
-      <c r="F152" s="7">
+      <c r="E152" s="73"/>
+      <c r="F152" s="73">
         <f t="shared" si="2"/>
         <v>52000000</v>
       </c>
-      <c r="G152" s="8">
+      <c r="G152" s="7">
         <v>45768</v>
       </c>
-      <c r="H152" s="11" t="s">
+      <c r="H152" s="10" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="153" spans="1:8" ht="144.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="18">
+      <c r="A153" s="16">
         <v>1</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="C153" s="15" t="s">
+      <c r="C153" s="13" t="s">
         <v>429</v>
       </c>
-      <c r="D153" s="7">
+      <c r="D153" s="89">
         <v>28000000</v>
       </c>
-      <c r="E153" s="7"/>
-      <c r="F153" s="7">
+      <c r="E153" s="73"/>
+      <c r="F153" s="73">
         <f t="shared" si="2"/>
         <v>28000000</v>
       </c>
-      <c r="G153" s="8">
+      <c r="G153" s="7">
         <v>45769</v>
       </c>
-      <c r="H153" s="11" t="s">
+      <c r="H153" s="10" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="154" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A154" s="18">
+    <row r="154" spans="1:8" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="16">
         <v>12</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="C154" s="6" t="s">
+      <c r="C154" s="108" t="s">
         <v>430</v>
       </c>
-      <c r="D154" s="7">
+      <c r="D154" s="89">
         <v>599732865</v>
       </c>
-      <c r="E154" s="7"/>
-      <c r="F154" s="7">
+      <c r="E154" s="73"/>
+      <c r="F154" s="73">
         <f t="shared" si="2"/>
         <v>599732865</v>
       </c>
-      <c r="G154" s="8">
+      <c r="G154" s="7">
         <v>45769</v>
       </c>
-      <c r="H154" s="11" t="s">
+      <c r="H154" s="10" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="155" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A155" s="18">
+      <c r="A155" s="16">
         <v>1</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="C155" s="15" t="s">
+      <c r="C155" s="13" t="s">
         <v>367</v>
       </c>
-      <c r="D155" s="7">
+      <c r="D155" s="98">
         <v>13300000</v>
       </c>
-      <c r="E155" s="7"/>
-      <c r="F155" s="7">
+      <c r="E155" s="73"/>
+      <c r="F155" s="73">
         <f t="shared" si="2"/>
         <v>13300000</v>
       </c>
-      <c r="G155" s="8">
+      <c r="G155" s="7">
         <v>45770</v>
       </c>
-      <c r="H155" s="11" t="s">
+      <c r="H155" s="10" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="156" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A156" s="18">
+      <c r="A156" s="16">
         <v>1</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="C156" s="15" t="s">
+      <c r="C156" s="13" t="s">
         <v>367</v>
       </c>
-      <c r="D156" s="7">
+      <c r="D156" s="89">
         <v>13300000</v>
       </c>
-      <c r="E156" s="7"/>
-      <c r="F156" s="7">
+      <c r="E156" s="73"/>
+      <c r="F156" s="73">
         <f t="shared" si="2"/>
         <v>13300000</v>
       </c>
-      <c r="G156" s="8">
+      <c r="G156" s="7">
         <v>45770</v>
       </c>
-      <c r="H156" s="11" t="s">
+      <c r="H156" s="10" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="157" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A157" s="18">
+      <c r="A157" s="16">
         <v>1</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="C157" s="15" t="s">
+      <c r="C157" s="13" t="s">
         <v>431</v>
       </c>
-      <c r="D157" s="7">
+      <c r="D157" s="89">
         <v>16100000</v>
       </c>
-      <c r="E157" s="7"/>
-      <c r="F157" s="7">
+      <c r="E157" s="73"/>
+      <c r="F157" s="73">
         <f t="shared" si="2"/>
         <v>16100000</v>
       </c>
-      <c r="G157" s="8">
+      <c r="G157" s="7">
         <v>45770</v>
       </c>
-      <c r="H157" s="11" t="s">
+      <c r="H157" s="10" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="158" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A158" s="18" t="s">
+      <c r="A158" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="C158" s="15" t="s">
+      <c r="C158" s="13" t="s">
         <v>432</v>
       </c>
-      <c r="D158" s="7">
+      <c r="D158" s="89">
         <v>52000000</v>
       </c>
-      <c r="E158" s="7"/>
-      <c r="F158" s="7">
+      <c r="E158" s="73"/>
+      <c r="F158" s="73">
         <f t="shared" si="2"/>
         <v>52000000</v>
       </c>
-      <c r="G158" s="8">
+      <c r="G158" s="7">
         <v>45770</v>
       </c>
-      <c r="H158" s="11" t="s">
+      <c r="H158" s="10" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="159" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A159" s="18" t="s">
+      <c r="A159" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="C159" s="6" t="s">
+      <c r="C159" s="108" t="s">
         <v>433</v>
       </c>
-      <c r="D159" s="7">
+      <c r="D159" s="89">
         <v>22400000</v>
       </c>
-      <c r="E159" s="7"/>
-      <c r="F159" s="7">
+      <c r="E159" s="73"/>
+      <c r="F159" s="73">
         <f t="shared" si="2"/>
         <v>22400000</v>
       </c>
-      <c r="G159" s="8">
+      <c r="G159" s="7">
         <v>45770</v>
       </c>
-      <c r="H159" s="11" t="s">
+      <c r="H159" s="10" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="160" spans="1:8" ht="188.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="18" t="s">
+      <c r="A160" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="C160" s="15" t="s">
+      <c r="C160" s="13" t="s">
         <v>434</v>
       </c>
-      <c r="D160" s="7">
+      <c r="D160" s="89">
         <v>36000000</v>
       </c>
-      <c r="E160" s="7"/>
-      <c r="F160" s="7">
+      <c r="E160" s="73"/>
+      <c r="F160" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G160" s="8">
+      <c r="G160" s="7">
         <v>45771</v>
       </c>
-      <c r="H160" s="11" t="s">
+      <c r="H160" s="10" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="161" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A161" s="18" t="s">
+      <c r="A161" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="C161" s="15" t="s">
+      <c r="C161" s="13" t="s">
         <v>435</v>
       </c>
-      <c r="D161" s="7">
+      <c r="D161" s="89">
         <v>36000000</v>
       </c>
-      <c r="E161" s="7"/>
-      <c r="F161" s="7">
+      <c r="E161" s="73"/>
+      <c r="F161" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G161" s="8">
+      <c r="G161" s="7">
         <v>45771</v>
       </c>
-      <c r="H161" s="11" t="s">
+      <c r="H161" s="10" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="162" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A162" s="18" t="s">
+      <c r="A162" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="C162" s="15" t="s">
+      <c r="C162" s="13" t="s">
         <v>436</v>
       </c>
-      <c r="D162" s="7">
+      <c r="D162" s="89">
         <v>48000000</v>
       </c>
-      <c r="E162" s="7"/>
-      <c r="F162" s="7">
+      <c r="E162" s="73"/>
+      <c r="F162" s="73">
         <f t="shared" si="2"/>
         <v>48000000</v>
       </c>
-      <c r="G162" s="8">
+      <c r="G162" s="7">
         <v>45771</v>
       </c>
-      <c r="H162" s="11" t="s">
+      <c r="H162" s="10" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="163" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A163" s="18" t="s">
+      <c r="A163" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="C163" s="15" t="s">
+      <c r="C163" s="13" t="s">
         <v>437</v>
       </c>
-      <c r="D163" s="7">
+      <c r="D163" s="89">
         <v>45000000</v>
       </c>
-      <c r="E163" s="7"/>
-      <c r="F163" s="7">
+      <c r="E163" s="73"/>
+      <c r="F163" s="73">
         <f t="shared" si="2"/>
         <v>45000000</v>
       </c>
-      <c r="G163" s="8">
+      <c r="G163" s="7">
         <v>45771</v>
       </c>
-      <c r="H163" s="11" t="s">
+      <c r="H163" s="10" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="164" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
-      <c r="A164" s="18" t="s">
+      <c r="A164" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="C164" s="15" t="s">
+      <c r="C164" s="13" t="s">
         <v>438</v>
       </c>
-      <c r="D164" s="7">
+      <c r="D164" s="89">
         <v>28000000</v>
       </c>
-      <c r="E164" s="7"/>
-      <c r="F164" s="7">
+      <c r="E164" s="73"/>
+      <c r="F164" s="73">
         <f t="shared" si="2"/>
         <v>28000000</v>
       </c>
-      <c r="G164" s="8">
+      <c r="G164" s="7">
         <v>45772</v>
       </c>
-      <c r="H164" s="11" t="s">
+      <c r="H164" s="10" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="165" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A165" s="18" t="s">
+      <c r="A165" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="C165" s="15" t="s">
+      <c r="C165" s="13" t="s">
         <v>439</v>
       </c>
-      <c r="D165" s="7">
+      <c r="D165" s="89">
         <v>36000000</v>
       </c>
-      <c r="E165" s="7"/>
-      <c r="F165" s="7">
+      <c r="E165" s="73"/>
+      <c r="F165" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G165" s="8">
+      <c r="G165" s="7">
         <v>45772</v>
       </c>
-      <c r="H165" s="11" t="s">
+      <c r="H165" s="10" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="166" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A166" s="18" t="s">
+      <c r="A166" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="C166" s="15" t="s">
+      <c r="C166" s="13" t="s">
         <v>439</v>
       </c>
-      <c r="D166" s="7">
+      <c r="D166" s="89">
         <v>36000000</v>
       </c>
-      <c r="E166" s="7"/>
-      <c r="F166" s="7">
+      <c r="E166" s="73"/>
+      <c r="F166" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G166" s="8">
+      <c r="G166" s="7">
         <v>45772</v>
       </c>
-      <c r="H166" s="11" t="s">
+      <c r="H166" s="10" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="167" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A167" s="18" t="s">
+      <c r="A167" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="C167" s="15" t="s">
+      <c r="C167" s="13" t="s">
         <v>440</v>
       </c>
-      <c r="D167" s="7">
+      <c r="D167" s="89">
         <v>48000000</v>
       </c>
-      <c r="E167" s="7"/>
-      <c r="F167" s="7">
+      <c r="E167" s="73"/>
+      <c r="F167" s="73">
         <f t="shared" si="2"/>
         <v>48000000</v>
       </c>
-      <c r="G167" s="8">
+      <c r="G167" s="7">
         <v>45776</v>
       </c>
-      <c r="H167" s="11" t="s">
+      <c r="H167" s="10" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="168" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A168" s="18" t="s">
+      <c r="A168" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="C168" s="15" t="s">
+      <c r="C168" s="13" t="s">
         <v>441</v>
       </c>
-      <c r="D168" s="7">
+      <c r="D168" s="89">
         <v>21900000</v>
       </c>
-      <c r="E168" s="7"/>
-      <c r="F168" s="7">
+      <c r="E168" s="73"/>
+      <c r="F168" s="73">
         <f t="shared" si="2"/>
         <v>21900000</v>
       </c>
-      <c r="G168" s="8">
+      <c r="G168" s="7">
         <v>45776</v>
       </c>
-      <c r="H168" s="11" t="s">
+      <c r="H168" s="10" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="169" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A169" s="18" t="s">
+      <c r="A169" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="C169" s="15" t="s">
+      <c r="C169" s="13" t="s">
         <v>439</v>
       </c>
-      <c r="D169" s="7">
+      <c r="D169" s="89">
         <v>36000000</v>
       </c>
-      <c r="E169" s="7"/>
-      <c r="F169" s="7">
+      <c r="E169" s="73"/>
+      <c r="F169" s="73">
         <f t="shared" si="2"/>
         <v>36000000</v>
       </c>
-      <c r="G169" s="8">
+      <c r="G169" s="7">
         <v>45776</v>
       </c>
-      <c r="H169" s="11" t="s">
+      <c r="H169" s="10" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="170" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A170" s="18" t="s">
+      <c r="A170" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="C170" s="15" t="s">
+      <c r="C170" s="13" t="s">
         <v>439</v>
       </c>
-      <c r="D170" s="7">
+      <c r="D170" s="89">
         <v>33000000</v>
       </c>
-      <c r="E170" s="7"/>
-      <c r="F170" s="7">
+      <c r="E170" s="73"/>
+      <c r="F170" s="73">
         <f t="shared" si="2"/>
         <v>33000000</v>
       </c>
-      <c r="G170" s="8">
+      <c r="G170" s="7">
         <v>45776</v>
       </c>
-      <c r="H170" s="11" t="s">
+      <c r="H170" s="10" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="171" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A171" s="18" t="s">
+      <c r="A171" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="C171" s="15" t="s">
+      <c r="C171" s="13" t="s">
         <v>442</v>
       </c>
-      <c r="D171" s="7">
+      <c r="D171" s="89">
         <v>10800000</v>
       </c>
-      <c r="E171" s="7"/>
-      <c r="F171" s="7">
+      <c r="E171" s="73"/>
+      <c r="F171" s="73">
         <f t="shared" si="2"/>
         <v>10800000</v>
       </c>
-      <c r="G171" s="8">
+      <c r="G171" s="7">
         <v>45776</v>
       </c>
-      <c r="H171" s="11" t="s">
+      <c r="H171" s="10" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="172" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A172" s="18" t="s">
+    <row r="172" spans="1:8" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="C172" s="15" t="s">
+      <c r="C172" s="13" t="s">
         <v>443</v>
       </c>
-      <c r="D172" s="7">
+      <c r="D172" s="89">
         <v>21000000</v>
       </c>
-      <c r="E172" s="7"/>
-      <c r="F172" s="7">
+      <c r="E172" s="73"/>
+      <c r="F172" s="73">
         <f t="shared" si="2"/>
         <v>21000000</v>
       </c>
-      <c r="G172" s="8">
+      <c r="G172" s="7">
         <v>45776</v>
       </c>
-      <c r="H172" s="11" t="s">
+      <c r="H172" s="10" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="173" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A173" s="18" t="s">
+      <c r="A173" s="16" t="s">
         <v>294</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="C173" s="15" t="s">
+      <c r="C173" s="13" t="s">
         <v>444</v>
       </c>
-      <c r="D173" s="7">
+      <c r="D173" s="89">
         <v>120000000</v>
       </c>
-      <c r="E173" s="7"/>
-      <c r="F173" s="7">
+      <c r="E173" s="73"/>
+      <c r="F173" s="73">
         <f t="shared" si="2"/>
         <v>120000000</v>
       </c>
-      <c r="G173" s="8">
+      <c r="G173" s="7">
         <v>45776</v>
       </c>
-      <c r="H173" s="11" t="s">
+      <c r="H173" s="10" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="174" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A174" s="18">
+      <c r="A174" s="16">
         <v>1</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="C174" s="15" t="s">
+      <c r="C174" s="13" t="s">
         <v>445</v>
       </c>
-      <c r="D174" s="7">
+      <c r="D174" s="89">
         <v>120000000</v>
       </c>
-      <c r="E174" s="7"/>
-      <c r="F174" s="7">
+      <c r="E174" s="73"/>
+      <c r="F174" s="73">
         <f t="shared" si="2"/>
         <v>120000000</v>
       </c>
-      <c r="G174" s="8">
+      <c r="G174" s="7">
         <v>45776</v>
       </c>
-      <c r="H174" s="11" t="s">
+      <c r="H174" s="10" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="175" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A175" s="18">
+      <c r="A175" s="16">
         <v>12</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C175" s="15" t="s">
+      <c r="C175" s="13" t="s">
         <v>446</v>
       </c>
-      <c r="D175" s="7">
+      <c r="D175" s="89">
         <v>150000000</v>
       </c>
-      <c r="E175" s="7"/>
-      <c r="F175" s="7">
+      <c r="E175" s="91">
+        <v>74943185.560000002</v>
+      </c>
+      <c r="F175" s="91">
         <f t="shared" si="2"/>
-        <v>150000000</v>
-[...1 lines deleted...]
-      <c r="G175" s="8">
+        <v>224943185.56</v>
+      </c>
+      <c r="G175" s="7">
         <v>45777</v>
       </c>
-      <c r="H175" s="11" t="s">
+      <c r="H175" s="10" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="176" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A176" s="18">
+      <c r="A176" s="16">
         <v>1</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="C176" s="21" t="s">
+      <c r="C176" s="18" t="s">
         <v>447</v>
       </c>
-      <c r="D176" s="7">
+      <c r="D176" s="89">
         <v>21000000</v>
       </c>
-      <c r="E176" s="7"/>
-      <c r="F176" s="7">
+      <c r="E176" s="73"/>
+      <c r="F176" s="73">
         <f t="shared" si="2"/>
         <v>21000000</v>
       </c>
-      <c r="G176" s="8">
+      <c r="G176" s="7">
         <v>45777</v>
       </c>
-      <c r="H176" s="11" t="s">
+      <c r="H176" s="10" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="177" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A177" s="18">
+    <row r="177" spans="1:8" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="16">
         <v>1</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="C177" s="15" t="s">
+      <c r="C177" s="13" t="s">
         <v>448</v>
       </c>
-      <c r="D177" s="7">
+      <c r="D177" s="89">
         <v>9900000</v>
       </c>
-      <c r="E177" s="14"/>
-      <c r="F177" s="7">
+      <c r="E177" s="73"/>
+      <c r="F177" s="73">
         <f t="shared" si="2"/>
         <v>9900000</v>
       </c>
-      <c r="G177" s="8">
+      <c r="G177" s="7">
         <v>45777</v>
       </c>
-      <c r="H177" s="11" t="s">
+      <c r="H177" s="10" t="s">
         <v>663</v>
       </c>
     </row>
-    <row r="178" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A178" s="18">
+    <row r="178" spans="1:8" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="16">
         <v>1</v>
       </c>
-      <c r="B178" s="12" t="s">
+      <c r="B178" s="11" t="s">
         <v>199</v>
       </c>
-      <c r="C178" s="15" t="s">
+      <c r="C178" s="13" t="s">
         <v>448</v>
       </c>
-      <c r="D178" s="7">
+      <c r="D178" s="89">
         <v>9900000</v>
       </c>
-      <c r="E178" s="7"/>
-      <c r="F178" s="7">
+      <c r="E178" s="91"/>
+      <c r="F178" s="73">
         <f t="shared" si="2"/>
         <v>9900000</v>
       </c>
-      <c r="G178" s="8">
+      <c r="G178" s="7">
         <v>45777</v>
       </c>
-      <c r="H178" s="11" t="s">
+      <c r="H178" s="10" t="s">
         <v>664</v>
       </c>
     </row>
-    <row r="179" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A179" s="111" t="s">
+    <row r="179" spans="1:8" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="74" t="s">
         <v>726</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="C179" s="15" t="s">
+      <c r="C179" s="13" t="s">
         <v>448</v>
       </c>
-      <c r="D179" s="7">
+      <c r="D179" s="89">
         <v>9900000</v>
       </c>
-      <c r="E179" s="7"/>
-      <c r="F179" s="7">
+      <c r="E179" s="73"/>
+      <c r="F179" s="73">
         <f t="shared" si="2"/>
         <v>9900000</v>
       </c>
-      <c r="G179" s="8">
+      <c r="G179" s="7">
         <v>45777</v>
       </c>
-      <c r="H179" s="11" t="s">
+      <c r="H179" s="10" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="180" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A180" s="18">
+      <c r="A180" s="16">
         <v>1</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="C180" s="15" t="s">
+      <c r="C180" s="13" t="s">
         <v>449</v>
       </c>
-      <c r="D180" s="7">
+      <c r="D180" s="89">
         <v>30000000</v>
       </c>
-      <c r="E180" s="7"/>
-      <c r="F180" s="7">
+      <c r="E180" s="73"/>
+      <c r="F180" s="73">
         <f t="shared" si="2"/>
         <v>30000000</v>
       </c>
-      <c r="G180" s="8">
+      <c r="G180" s="7">
         <v>45777</v>
       </c>
-      <c r="H180" s="11" t="s">
+      <c r="H180" s="10" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="181" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A181" s="18">
+      <c r="A181" s="16">
         <v>1</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="C181" s="15" t="s">
+      <c r="C181" s="13" t="s">
         <v>238</v>
       </c>
-      <c r="D181" s="7">
+      <c r="D181" s="89">
         <v>30000000</v>
       </c>
-      <c r="E181" s="7"/>
-      <c r="F181" s="7">
+      <c r="E181" s="73"/>
+      <c r="F181" s="73">
         <f t="shared" si="2"/>
         <v>30000000</v>
       </c>
-      <c r="G181" s="8">
+      <c r="G181" s="7">
         <v>45777</v>
       </c>
-      <c r="H181" s="11" t="s">
+      <c r="H181" s="10" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="182" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A182" s="18">
+      <c r="A182" s="16">
         <v>1</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="C182" s="15" t="s">
+      <c r="C182" s="13" t="s">
         <v>426</v>
       </c>
-      <c r="D182" s="7">
+      <c r="D182" s="89">
         <v>21900000</v>
       </c>
-      <c r="E182" s="7"/>
-      <c r="F182" s="7">
+      <c r="E182" s="73"/>
+      <c r="F182" s="73">
         <f t="shared" si="2"/>
         <v>21900000</v>
       </c>
-      <c r="G182" s="8">
+      <c r="G182" s="7">
         <v>45777</v>
       </c>
-      <c r="H182" s="11" t="s">
+      <c r="H182" s="10" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="183" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A183" s="18">
+      <c r="A183" s="16">
         <v>1</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="C183" s="15" t="s">
+      <c r="C183" s="13" t="s">
         <v>450</v>
       </c>
-      <c r="D183" s="7">
+      <c r="D183" s="89">
         <v>22500000</v>
       </c>
-      <c r="E183" s="14"/>
-      <c r="F183" s="7">
+      <c r="E183" s="73"/>
+      <c r="F183" s="73">
         <f t="shared" si="2"/>
         <v>22500000</v>
       </c>
-      <c r="G183" s="8">
+      <c r="G183" s="7">
         <v>45777</v>
       </c>
-      <c r="H183" s="11" t="s">
+      <c r="H183" s="10" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="184" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A184" s="18">
+      <c r="A184" s="16">
         <v>1</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C184" s="15" t="s">
+      <c r="C184" s="13" t="s">
         <v>451</v>
       </c>
-      <c r="D184" s="28">
+      <c r="D184" s="89">
         <v>37500000</v>
       </c>
-      <c r="E184" s="7"/>
-      <c r="F184" s="7">
+      <c r="E184" s="91">
+        <v>18750000</v>
+      </c>
+      <c r="F184" s="73">
         <f t="shared" si="2"/>
-        <v>37500000</v>
-[...1 lines deleted...]
-      <c r="G184" s="8">
+        <v>56250000</v>
+      </c>
+      <c r="G184" s="7">
         <v>45777</v>
       </c>
-      <c r="H184" s="11" t="s">
+      <c r="H184" s="10" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="185" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A185" s="18">
+    <row r="185" spans="1:8" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="16">
         <v>1</v>
       </c>
-      <c r="B185" s="12" t="s">
+      <c r="B185" s="11" t="s">
         <v>206</v>
       </c>
-      <c r="C185" s="15" t="s">
+      <c r="C185" s="13" t="s">
         <v>452</v>
       </c>
-      <c r="D185" s="7">
+      <c r="D185" s="99">
         <v>9900000</v>
       </c>
-      <c r="E185" s="7"/>
-      <c r="F185" s="7">
+      <c r="E185" s="73"/>
+      <c r="F185" s="73">
         <f t="shared" si="2"/>
         <v>9900000</v>
       </c>
-      <c r="G185" s="8">
+      <c r="G185" s="7">
         <v>45777</v>
       </c>
-      <c r="H185" s="11" t="s">
+      <c r="H185" s="10" t="s">
         <v>671</v>
       </c>
     </row>
-    <row r="186" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A186" s="18">
+    <row r="186" spans="1:8" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="16">
         <v>1</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C186" s="15" t="s">
+      <c r="C186" s="13" t="s">
         <v>453</v>
       </c>
-      <c r="D186" s="7">
+      <c r="D186" s="89">
         <v>21000000</v>
       </c>
-      <c r="E186" s="7"/>
-      <c r="F186" s="7">
+      <c r="E186" s="73"/>
+      <c r="F186" s="73">
         <f t="shared" si="2"/>
         <v>21000000</v>
       </c>
-      <c r="G186" s="8">
+      <c r="G186" s="7">
         <v>45777</v>
       </c>
-      <c r="H186" s="11" t="s">
+      <c r="H186" s="10" t="s">
         <v>672</v>
       </c>
     </row>
-    <row r="187" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A187" s="18">
+    <row r="187" spans="1:8" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="16">
         <v>12</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="C187" s="15" t="s">
+      <c r="C187" s="13" t="s">
         <v>454</v>
       </c>
-      <c r="D187" s="7">
+      <c r="D187" s="89">
         <v>346000000</v>
       </c>
-      <c r="E187" s="7"/>
-      <c r="F187" s="7">
+      <c r="E187" s="73">
+        <v>145586845</v>
+      </c>
+      <c r="F187" s="73">
         <f t="shared" si="2"/>
-        <v>346000000</v>
-[...1 lines deleted...]
-      <c r="G187" s="8">
+        <v>491586845</v>
+      </c>
+      <c r="G187" s="7">
         <v>45783</v>
       </c>
-      <c r="H187" s="11" t="s">
+      <c r="H187" s="10" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="188" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A188" s="18">
+    <row r="188" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="16">
         <v>1</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="C188" s="15" t="s">
+      <c r="C188" s="13" t="s">
         <v>455</v>
       </c>
-      <c r="D188" s="7">
+      <c r="D188" s="89">
         <v>19200000</v>
       </c>
-      <c r="E188" s="7"/>
-      <c r="F188" s="7">
+      <c r="E188" s="73"/>
+      <c r="F188" s="73">
         <f t="shared" si="2"/>
         <v>19200000</v>
       </c>
-      <c r="G188" s="8">
+      <c r="G188" s="7">
         <v>45783</v>
       </c>
-      <c r="H188" s="11" t="s">
+      <c r="H188" s="10" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="189" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A189" s="18">
+      <c r="A189" s="16">
         <v>1</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="C189" s="15" t="s">
+      <c r="C189" s="13" t="s">
         <v>456</v>
       </c>
-      <c r="D189" s="7">
+      <c r="D189" s="89">
         <v>25000000</v>
       </c>
-      <c r="E189" s="7"/>
-      <c r="F189" s="7">
+      <c r="E189" s="73"/>
+      <c r="F189" s="73">
         <f t="shared" si="2"/>
         <v>25000000</v>
       </c>
-      <c r="G189" s="8">
+      <c r="G189" s="7">
         <v>45783</v>
       </c>
-      <c r="H189" s="11" t="s">
+      <c r="H189" s="10" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="190" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A190" s="18">
+      <c r="A190" s="16">
         <v>1</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C190" s="15" t="s">
+      <c r="C190" s="13" t="s">
         <v>457</v>
       </c>
-      <c r="D190" s="7">
+      <c r="D190" s="89">
         <v>22000000</v>
       </c>
-      <c r="E190" s="7"/>
-      <c r="F190" s="7">
+      <c r="E190" s="73"/>
+      <c r="F190" s="73">
         <f t="shared" si="2"/>
         <v>22000000</v>
       </c>
-      <c r="G190" s="8">
+      <c r="G190" s="7">
         <v>45783</v>
       </c>
-      <c r="H190" s="11" t="s">
+      <c r="H190" s="10" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="191" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A191" s="18">
+    <row r="191" spans="1:8" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="16">
         <v>12</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="C191" s="15" t="s">
+      <c r="C191" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="D191" s="7">
+      <c r="D191" s="89">
         <v>145482000</v>
       </c>
-      <c r="E191" s="7"/>
-      <c r="F191" s="7">
+      <c r="E191" s="73"/>
+      <c r="F191" s="73">
         <f t="shared" si="2"/>
         <v>145482000</v>
       </c>
-      <c r="G191" s="8">
+      <c r="G191" s="7">
         <v>45784</v>
       </c>
-      <c r="H191" s="11" t="s">
+      <c r="H191" s="10" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="192" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A192" s="18">
+    <row r="192" spans="1:8" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="16">
         <v>12</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="C192" s="15" t="s">
+      <c r="C192" s="13" t="s">
         <v>458</v>
       </c>
-      <c r="D192" s="7">
+      <c r="D192" s="89">
         <v>423178000</v>
       </c>
-      <c r="E192" s="7"/>
-[...4 lines deleted...]
-      <c r="G192" s="8">
+      <c r="E192" s="73"/>
+      <c r="F192" s="73">
+        <v>421996193</v>
+      </c>
+      <c r="G192" s="7">
         <v>45786</v>
       </c>
-      <c r="H192" s="11" t="s">
+      <c r="H192" s="10" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A193" s="18">
+    <row r="193" spans="1:8" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="16">
         <v>12</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="C193" s="15" t="s">
+      <c r="C193" s="13" t="s">
         <v>459</v>
       </c>
-      <c r="D193" s="7">
+      <c r="D193" s="89">
         <v>47250000</v>
       </c>
-      <c r="E193" s="7"/>
-      <c r="F193" s="7">
+      <c r="E193" s="73"/>
+      <c r="F193" s="73">
         <f t="shared" si="2"/>
         <v>47250000</v>
       </c>
-      <c r="G193" s="8">
+      <c r="G193" s="7">
         <v>45786</v>
       </c>
-      <c r="H193" s="11" t="s">
+      <c r="H193" s="10" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="194" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
-      <c r="A194" s="18">
+      <c r="A194" s="16">
         <v>1</v>
       </c>
-      <c r="B194" s="12" t="s">
+      <c r="B194" s="11" t="s">
         <v>215</v>
       </c>
-      <c r="C194" s="15" t="s">
+      <c r="C194" s="13" t="s">
         <v>460</v>
       </c>
-      <c r="D194" s="7">
+      <c r="D194" s="89">
         <v>41250000</v>
       </c>
-      <c r="E194" s="7"/>
-      <c r="F194" s="7">
+      <c r="E194" s="73"/>
+      <c r="F194" s="73">
         <f t="shared" si="2"/>
         <v>41250000</v>
       </c>
-      <c r="G194" s="8">
+      <c r="G194" s="7">
         <v>45785</v>
       </c>
-      <c r="H194" s="11" t="s">
+      <c r="H194" s="10" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A195" s="18">
+      <c r="A195" s="16">
         <v>1</v>
       </c>
-      <c r="B195" s="12" t="s">
+      <c r="B195" s="11" t="s">
         <v>216</v>
       </c>
-      <c r="C195" s="15" t="s">
+      <c r="C195" s="13" t="s">
         <v>461</v>
       </c>
-      <c r="D195" s="7">
+      <c r="D195" s="89">
         <v>33750000</v>
       </c>
-      <c r="E195" s="7"/>
-[...1 lines deleted...]
-        <f t="shared" ref="F195:F258" si="3">D195+E195</f>
+      <c r="E195" s="73"/>
+      <c r="F195" s="73">
+        <f t="shared" si="2"/>
         <v>33750000</v>
       </c>
-      <c r="G195" s="8">
+      <c r="G195" s="7">
         <v>45785</v>
       </c>
-      <c r="H195" s="11" t="s">
+      <c r="H195" s="10" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="196" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A196" s="18">
+    <row r="196" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="16">
         <v>1</v>
       </c>
-      <c r="B196" s="12" t="s">
+      <c r="B196" s="11" t="s">
         <v>217</v>
       </c>
-      <c r="C196" s="15" t="s">
+      <c r="C196" s="13" t="s">
         <v>462</v>
       </c>
-      <c r="D196" s="7">
+      <c r="D196" s="89">
         <v>33000000</v>
       </c>
-      <c r="E196" s="7"/>
-[...1 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="E196" s="73"/>
+      <c r="F196" s="73">
+        <f t="shared" ref="F196:F259" si="3">D196+E196</f>
         <v>33000000</v>
       </c>
-      <c r="G196" s="8">
+      <c r="G196" s="7">
         <v>45786</v>
       </c>
-      <c r="H196" s="29" t="s">
+      <c r="H196" s="25" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="197" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A197" s="18">
+      <c r="A197" s="16">
         <v>1</v>
       </c>
-      <c r="B197" s="12" t="s">
+      <c r="B197" s="11" t="s">
         <v>218</v>
       </c>
-      <c r="C197" s="15" t="s">
+      <c r="C197" s="13" t="s">
         <v>463</v>
       </c>
-      <c r="D197" s="7">
+      <c r="D197" s="89">
         <v>28000000</v>
       </c>
-      <c r="E197" s="7"/>
-      <c r="F197" s="7">
+      <c r="E197" s="73"/>
+      <c r="F197" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G197" s="8">
+      <c r="G197" s="7">
         <v>45786</v>
       </c>
-      <c r="H197" s="11" t="s">
+      <c r="H197" s="10" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="198" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A198" s="18">
+      <c r="A198" s="16">
         <v>1</v>
       </c>
-      <c r="B198" s="12" t="s">
+      <c r="B198" s="11" t="s">
         <v>219</v>
       </c>
-      <c r="C198" s="15" t="s">
+      <c r="C198" s="13" t="s">
         <v>464</v>
       </c>
-      <c r="D198" s="7">
+      <c r="D198" s="89">
         <v>45000000</v>
       </c>
-      <c r="E198" s="7"/>
-      <c r="F198" s="7">
+      <c r="E198" s="73"/>
+      <c r="F198" s="73">
         <f t="shared" si="3"/>
         <v>45000000</v>
       </c>
-      <c r="G198" s="8">
+      <c r="G198" s="7">
         <v>45786</v>
       </c>
-      <c r="H198" s="11" t="s">
+      <c r="H198" s="10" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A199" s="18">
+    <row r="199" spans="1:8" ht="116.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="16">
         <v>1</v>
       </c>
-      <c r="B199" s="12" t="s">
+      <c r="B199" s="11" t="s">
         <v>220</v>
       </c>
-      <c r="C199" s="15" t="s">
+      <c r="C199" s="13" t="s">
         <v>456</v>
       </c>
-      <c r="D199" s="7">
+      <c r="D199" s="89">
         <v>19250000</v>
       </c>
-      <c r="E199" s="7"/>
-      <c r="F199" s="7">
+      <c r="E199" s="73"/>
+      <c r="F199" s="73">
         <f t="shared" si="3"/>
         <v>19250000</v>
       </c>
-      <c r="G199" s="8">
+      <c r="G199" s="7">
         <v>45786</v>
       </c>
-      <c r="H199" s="11" t="s">
+      <c r="H199" s="10" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="200" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A200" s="18"/>
-      <c r="B200" s="12" t="s">
+      <c r="A200" s="16"/>
+      <c r="B200" s="11" t="s">
         <v>221</v>
       </c>
-      <c r="C200" s="15" t="s">
+      <c r="C200" s="13" t="s">
         <v>465</v>
       </c>
-      <c r="D200" s="7">
+      <c r="D200" s="89">
         <v>124794100</v>
       </c>
-      <c r="E200" s="7"/>
-      <c r="F200" s="7">
+      <c r="E200" s="73"/>
+      <c r="F200" s="73">
         <f t="shared" si="3"/>
         <v>124794100</v>
       </c>
-      <c r="G200" s="8">
+      <c r="G200" s="7">
         <v>45789</v>
       </c>
-      <c r="H200" s="11" t="s">
+      <c r="H200" s="10" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="201" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A201" s="18">
+    <row r="201" spans="1:8" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="16">
         <v>1</v>
       </c>
-      <c r="B201" s="12" t="s">
+      <c r="B201" s="11" t="s">
         <v>222</v>
       </c>
-      <c r="C201" s="15" t="s">
+      <c r="C201" s="13" t="s">
         <v>466</v>
       </c>
-      <c r="D201" s="7">
+      <c r="D201" s="89">
         <v>45000000</v>
       </c>
-      <c r="E201" s="7"/>
-      <c r="F201" s="7">
+      <c r="E201" s="73"/>
+      <c r="F201" s="73">
         <f t="shared" si="3"/>
         <v>45000000</v>
       </c>
-      <c r="G201" s="8">
+      <c r="G201" s="7">
         <v>45789</v>
       </c>
-      <c r="H201" s="11" t="s">
+      <c r="H201" s="10" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="202" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A202" s="18">
+      <c r="A202" s="16">
         <v>1</v>
       </c>
-      <c r="B202" s="12" t="s">
+      <c r="B202" s="11" t="s">
         <v>223</v>
       </c>
-      <c r="C202" s="21" t="s">
+      <c r="C202" s="18" t="s">
         <v>467</v>
       </c>
-      <c r="D202" s="7">
+      <c r="D202" s="89">
         <v>106000000</v>
       </c>
-      <c r="E202" s="7"/>
-      <c r="F202" s="7">
+      <c r="E202" s="73"/>
+      <c r="F202" s="73">
         <f t="shared" si="3"/>
         <v>106000000</v>
       </c>
-      <c r="G202" s="8">
+      <c r="G202" s="7">
         <v>45790</v>
       </c>
-      <c r="H202" s="11" t="s">
+      <c r="H202" s="10" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="203" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A203" s="18">
+      <c r="A203" s="16">
         <v>1</v>
       </c>
-      <c r="B203" s="12" t="s">
+      <c r="B203" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="C203" s="15" t="s">
+      <c r="C203" s="13" t="s">
         <v>468</v>
       </c>
-      <c r="D203" s="7">
-[...3 lines deleted...]
-      <c r="F203" s="7">
+      <c r="D203" s="89">
+        <v>32700000</v>
+      </c>
+      <c r="E203" s="73"/>
+      <c r="F203" s="73">
         <f t="shared" si="3"/>
-        <v>33750000</v>
-[...1 lines deleted...]
-      <c r="G203" s="8">
+        <v>32700000</v>
+      </c>
+      <c r="G203" s="7">
         <v>45790</v>
       </c>
-      <c r="H203" s="11" t="s">
+      <c r="H203" s="10" t="s">
         <v>689</v>
       </c>
     </row>
-    <row r="204" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A204" s="18">
+    <row r="204" spans="1:8" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="16">
         <v>12</v>
       </c>
-      <c r="B204" s="12" t="s">
+      <c r="B204" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="C204" s="30" t="s">
+      <c r="C204" s="28" t="s">
         <v>469</v>
       </c>
-      <c r="D204" s="7">
+      <c r="D204" s="89">
         <v>161160024</v>
       </c>
-      <c r="E204" s="7"/>
-      <c r="F204" s="7">
+      <c r="E204" s="73"/>
+      <c r="F204" s="73">
         <f t="shared" si="3"/>
         <v>161160024</v>
       </c>
-      <c r="G204" s="8">
+      <c r="G204" s="7">
         <v>45792</v>
       </c>
-      <c r="H204" s="11" t="s">
+      <c r="H204" s="10" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="205" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A205" s="18">
+      <c r="A205" s="16">
         <v>12</v>
       </c>
-      <c r="B205" s="12" t="s">
+      <c r="B205" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="C205" s="15" t="s">
+      <c r="C205" s="13" t="s">
         <v>470</v>
       </c>
-      <c r="D205" s="7">
+      <c r="D205" s="89">
         <v>489957188</v>
       </c>
-      <c r="E205" s="7"/>
-      <c r="F205" s="7">
+      <c r="E205" s="73"/>
+      <c r="F205" s="73">
         <f t="shared" si="3"/>
         <v>489957188</v>
       </c>
-      <c r="G205" s="8">
+      <c r="G205" s="7">
         <v>45792</v>
       </c>
-      <c r="H205" s="11" t="s">
+      <c r="H205" s="10" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="206" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A206" s="18">
+    <row r="206" spans="1:8" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="16">
         <v>1</v>
       </c>
-      <c r="B206" s="12" t="s">
+      <c r="B206" s="11" t="s">
         <v>225</v>
       </c>
-      <c r="C206" s="32" t="s">
+      <c r="C206" s="28" t="s">
         <v>471</v>
       </c>
-      <c r="D206" s="7">
+      <c r="D206" s="89">
         <v>28800000</v>
       </c>
-      <c r="E206" s="7"/>
-      <c r="F206" s="7">
+      <c r="E206" s="73"/>
+      <c r="F206" s="73">
         <f t="shared" si="3"/>
         <v>28800000</v>
       </c>
-      <c r="G206" s="8">
+      <c r="G206" s="7">
         <v>45792</v>
       </c>
-      <c r="H206" s="11" t="s">
+      <c r="H206" s="10" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="207" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A207" s="18">
+    <row r="207" spans="1:8" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="16">
         <v>1</v>
       </c>
-      <c r="B207" s="12" t="s">
+      <c r="B207" s="11" t="s">
         <v>226</v>
       </c>
-      <c r="C207" s="15" t="s">
+      <c r="C207" s="13" t="s">
         <v>448</v>
       </c>
-      <c r="D207" s="7">
+      <c r="D207" s="89">
         <v>9900000</v>
       </c>
-      <c r="E207" s="7"/>
-      <c r="F207" s="7">
+      <c r="E207" s="73"/>
+      <c r="F207" s="73">
         <f t="shared" si="3"/>
         <v>9900000</v>
       </c>
-      <c r="G207" s="8">
+      <c r="G207" s="7">
         <v>45793</v>
       </c>
-      <c r="H207" s="11" t="s">
+      <c r="H207" s="10" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="208" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A208" s="18">
+      <c r="A208" s="16">
         <v>1</v>
       </c>
-      <c r="B208" s="12" t="s">
+      <c r="B208" s="11" t="s">
         <v>227</v>
       </c>
-      <c r="C208" s="15" t="s">
+      <c r="C208" s="13" t="s">
         <v>472</v>
       </c>
-      <c r="D208" s="7">
+      <c r="D208" s="89">
         <v>21000000</v>
       </c>
-      <c r="E208" s="7"/>
-      <c r="F208" s="7">
+      <c r="E208" s="73"/>
+      <c r="F208" s="73">
         <f t="shared" si="3"/>
         <v>21000000</v>
       </c>
-      <c r="G208" s="8">
+      <c r="G208" s="7">
         <v>45793</v>
       </c>
-      <c r="H208" s="11" t="s">
+      <c r="H208" s="10" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="209" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A209" s="18">
+      <c r="A209" s="16">
         <v>1</v>
       </c>
-      <c r="B209" s="12" t="s">
+      <c r="B209" s="11" t="s">
         <v>228</v>
       </c>
-      <c r="C209" s="15" t="s">
+      <c r="C209" s="13" t="s">
         <v>473</v>
       </c>
-      <c r="D209" s="7">
+      <c r="D209" s="89">
         <v>18000000</v>
       </c>
-      <c r="E209" s="7"/>
-      <c r="F209" s="7">
+      <c r="E209" s="73">
+        <v>4000000</v>
+      </c>
+      <c r="F209" s="73">
         <f t="shared" si="3"/>
-        <v>18000000</v>
-[...1 lines deleted...]
-      <c r="G209" s="8">
+        <v>22000000</v>
+      </c>
+      <c r="G209" s="7">
         <v>45796</v>
       </c>
-      <c r="H209" s="11" t="s">
+      <c r="H209" s="10" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="210" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
-      <c r="A210" s="18">
+    <row r="210" spans="1:8" ht="168.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="16">
         <v>1</v>
       </c>
-      <c r="B210" s="12" t="s">
+      <c r="B210" s="11" t="s">
         <v>229</v>
       </c>
-      <c r="C210" s="15" t="s">
+      <c r="C210" s="13" t="s">
         <v>474</v>
       </c>
-      <c r="D210" s="7">
+      <c r="D210" s="89">
         <v>35000000</v>
       </c>
-      <c r="E210" s="7"/>
-      <c r="F210" s="7">
+      <c r="E210" s="73"/>
+      <c r="F210" s="73">
         <f t="shared" si="3"/>
         <v>35000000</v>
       </c>
-      <c r="G210" s="8">
+      <c r="G210" s="7">
         <v>45796</v>
       </c>
-      <c r="H210" s="11" t="s">
+      <c r="H210" s="10" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="211" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
-      <c r="A211" s="18">
+      <c r="A211" s="16">
         <v>1</v>
       </c>
-      <c r="B211" s="12" t="s">
+      <c r="B211" s="11" t="s">
         <v>230</v>
       </c>
-      <c r="C211" s="15" t="s">
+      <c r="C211" s="13" t="s">
         <v>475</v>
       </c>
-      <c r="D211" s="7">
+      <c r="D211" s="89">
         <v>25998000</v>
       </c>
-      <c r="E211" s="7"/>
-      <c r="F211" s="7">
+      <c r="E211" s="73"/>
+      <c r="F211" s="73">
         <f t="shared" si="3"/>
         <v>25998000</v>
       </c>
-      <c r="G211" s="8">
+      <c r="G211" s="7">
         <v>45797</v>
       </c>
-      <c r="H211" s="11" t="s">
+      <c r="H211" s="10" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="212" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A212" s="18">
+      <c r="A212" s="16">
         <v>1</v>
       </c>
-      <c r="B212" s="12" t="s">
+      <c r="B212" s="11" t="s">
         <v>231</v>
       </c>
-      <c r="C212" s="15" t="s">
+      <c r="C212" s="13" t="s">
         <v>476</v>
       </c>
-      <c r="D212" s="7"/>
-[...1 lines deleted...]
-      <c r="F212" s="7">
+      <c r="D212" s="89">
+        <v>31500000</v>
+      </c>
+      <c r="E212" s="73"/>
+      <c r="F212" s="73">
         <f t="shared" si="3"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="G212" s="8">
+        <v>31500000</v>
+      </c>
+      <c r="G212" s="7">
         <v>45798</v>
       </c>
-      <c r="H212" s="11" t="s">
+      <c r="H212" s="10" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="213" spans="1:8" ht="153" x14ac:dyDescent="0.25">
-      <c r="A213" s="18">
+      <c r="A213" s="16">
         <v>1</v>
       </c>
-      <c r="B213" s="12" t="s">
+      <c r="B213" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="C213" s="15" t="s">
+      <c r="C213" s="13" t="s">
         <v>477</v>
       </c>
-      <c r="D213" s="7">
+      <c r="D213" s="89">
         <v>24500000</v>
       </c>
-      <c r="E213" s="7"/>
-      <c r="F213" s="7">
+      <c r="E213" s="73"/>
+      <c r="F213" s="73">
         <f t="shared" si="3"/>
         <v>24500000</v>
       </c>
-      <c r="G213" s="19">
+      <c r="G213" s="17">
         <v>45798</v>
       </c>
-      <c r="H213" s="11" t="s">
+      <c r="H213" s="10" t="s">
         <v>699</v>
       </c>
     </row>
-    <row r="214" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A214" s="18">
+    <row r="214" spans="1:8" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="16">
         <v>1</v>
       </c>
-      <c r="B214" s="12" t="s">
+      <c r="B214" s="11" t="s">
         <v>232</v>
       </c>
-      <c r="C214" s="15" t="s">
+      <c r="C214" s="13" t="s">
         <v>478</v>
       </c>
-      <c r="D214" s="7">
+      <c r="D214" s="89">
         <v>300000000</v>
       </c>
-      <c r="E214" s="7"/>
-      <c r="F214" s="7">
+      <c r="E214" s="73"/>
+      <c r="F214" s="73">
         <f t="shared" si="3"/>
         <v>300000000</v>
       </c>
-      <c r="G214" s="19">
+      <c r="G214" s="17">
         <v>45799</v>
       </c>
-      <c r="H214" s="11" t="s">
+      <c r="H214" s="10" t="s">
         <v>700</v>
       </c>
     </row>
-    <row r="215" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A215" s="18">
+    <row r="215" spans="1:8" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="16">
         <v>1</v>
       </c>
-      <c r="B215" s="12" t="s">
+      <c r="B215" s="11" t="s">
         <v>233</v>
       </c>
-      <c r="C215" s="15" t="s">
+      <c r="C215" s="13" t="s">
         <v>479</v>
       </c>
-      <c r="D215" s="7"/>
-[...1 lines deleted...]
-      <c r="F215" s="7">
+      <c r="D215" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E215" s="73"/>
+      <c r="F215" s="73">
         <f t="shared" si="3"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="G215" s="19">
+        <v>21000000</v>
+      </c>
+      <c r="G215" s="17">
         <v>45798</v>
       </c>
-      <c r="H215" s="11" t="s">
+      <c r="H215" s="10" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="216" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A216" s="18">
+      <c r="A216" s="16">
         <v>1</v>
       </c>
-      <c r="B216" s="12" t="s">
+      <c r="B216" s="11" t="s">
         <v>234</v>
       </c>
-      <c r="C216" s="15" t="s">
+      <c r="C216" s="13" t="s">
         <v>480</v>
       </c>
-      <c r="D216" s="7">
+      <c r="D216" s="89">
         <v>28000000</v>
       </c>
-      <c r="E216" s="7"/>
-      <c r="F216" s="7">
+      <c r="E216" s="73"/>
+      <c r="F216" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G216" s="33">
+      <c r="G216" s="29">
         <v>45800</v>
       </c>
-      <c r="H216" s="11" t="s">
+      <c r="H216" s="10" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="217" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
-      <c r="A217" s="18">
+      <c r="A217" s="16">
         <v>1</v>
       </c>
-      <c r="B217" s="12" t="s">
+      <c r="B217" s="11" t="s">
         <v>235</v>
       </c>
-      <c r="C217" s="15" t="s">
+      <c r="C217" s="13" t="s">
         <v>480</v>
       </c>
-      <c r="D217" s="7">
+      <c r="D217" s="89">
         <v>28000000</v>
       </c>
-      <c r="E217" s="7"/>
-      <c r="F217" s="7">
+      <c r="E217" s="73"/>
+      <c r="F217" s="73">
+        <f>D217+E217</f>
+        <v>28000000</v>
+      </c>
+      <c r="G217" s="17">
+        <v>45800</v>
+      </c>
+      <c r="H217" s="10" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A218" s="16">
+        <v>1</v>
+      </c>
+      <c r="B218" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="C218" s="13" t="s">
+        <v>480</v>
+      </c>
+      <c r="D218" s="89">
+        <v>28000000</v>
+      </c>
+      <c r="E218" s="73"/>
+      <c r="F218" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G217" s="19">
+      <c r="G218" s="17">
         <v>45800</v>
       </c>
-      <c r="H217" s="11" t="s">
-[...4 lines deleted...]
-      <c r="A218" s="18">
+      <c r="H218" s="10" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A219" s="16">
         <v>1</v>
       </c>
-      <c r="B218" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D218" s="7">
+      <c r="B219" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="C219" s="13" t="s">
+        <v>481</v>
+      </c>
+      <c r="D219" s="89">
         <v>28000000</v>
       </c>
-      <c r="E218" s="7"/>
-      <c r="F218" s="7">
+      <c r="E219" s="73"/>
+      <c r="F219" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G218" s="19">
+      <c r="G219" s="7">
         <v>45800</v>
       </c>
-      <c r="H218" s="11" t="s">
-[...4 lines deleted...]
-      <c r="A219" s="18">
+      <c r="H219" s="10" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A220" s="16">
         <v>1</v>
       </c>
-      <c r="B219" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D219" s="7">
+      <c r="B220" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="C220" s="13" t="s">
+        <v>482</v>
+      </c>
+      <c r="D220" s="89">
+        <v>24000000</v>
+      </c>
+      <c r="E220" s="73"/>
+      <c r="F220" s="73">
+        <f t="shared" si="3"/>
+        <v>24000000</v>
+      </c>
+      <c r="G220" s="7">
+        <v>45800</v>
+      </c>
+      <c r="H220" s="10" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A221" s="16">
+        <v>1</v>
+      </c>
+      <c r="B221" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="C221" s="13" t="s">
+        <v>483</v>
+      </c>
+      <c r="D221" s="89">
+        <v>26000000</v>
+      </c>
+      <c r="E221" s="73"/>
+      <c r="F221" s="73">
+        <v>19500000</v>
+      </c>
+      <c r="G221" s="7">
+        <v>45800</v>
+      </c>
+      <c r="H221" s="10" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A222" s="16">
+        <v>1</v>
+      </c>
+      <c r="B222" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C222" s="13" t="s">
+        <v>224</v>
+      </c>
+      <c r="D222" s="89">
         <v>28000000</v>
       </c>
-      <c r="E219" s="7"/>
-      <c r="F219" s="7">
+      <c r="E222" s="73"/>
+      <c r="F222" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G219" s="8">
-[...7 lines deleted...]
-      <c r="A220" s="18">
+      <c r="G222" s="7">
+        <v>45803</v>
+      </c>
+      <c r="H222" s="10" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A223" s="16">
         <v>1</v>
       </c>
-      <c r="B220" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D220" s="7">
+      <c r="B223" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="C223" s="46" t="s">
+        <v>224</v>
+      </c>
+      <c r="D223" s="89">
+        <v>28000000</v>
+      </c>
+      <c r="E223" s="73"/>
+      <c r="F223" s="73">
+        <f t="shared" si="3"/>
+        <v>28000000</v>
+      </c>
+      <c r="G223" s="7">
+        <v>45804</v>
+      </c>
+      <c r="H223" s="10" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A224" s="16">
+        <v>1</v>
+      </c>
+      <c r="B224" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="C224" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D224" s="89">
+        <v>28000000</v>
+      </c>
+      <c r="E224" s="73"/>
+      <c r="F224" s="73">
+        <f t="shared" si="3"/>
+        <v>28000000</v>
+      </c>
+      <c r="G224" s="7">
+        <v>45803</v>
+      </c>
+      <c r="H224" s="10" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A225" s="16">
+        <v>1</v>
+      </c>
+      <c r="B225" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C225" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="D225" s="89">
+        <v>28000000</v>
+      </c>
+      <c r="E225" s="73"/>
+      <c r="F225" s="73">
+        <f t="shared" si="3"/>
+        <v>28000000</v>
+      </c>
+      <c r="G225" s="7">
+        <v>45803</v>
+      </c>
+      <c r="H225" s="10" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="16">
+        <v>1</v>
+      </c>
+      <c r="B226" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="C226" s="13" t="s">
+        <v>484</v>
+      </c>
+      <c r="D226" s="89">
         <v>24000000</v>
       </c>
-      <c r="E220" s="7"/>
-      <c r="F220" s="7">
+      <c r="E226" s="73"/>
+      <c r="F226" s="73">
         <f t="shared" si="3"/>
         <v>24000000</v>
       </c>
-      <c r="G220" s="8">
-[...7 lines deleted...]
-      <c r="A221" s="18">
+      <c r="G226" s="7">
+        <v>45803</v>
+      </c>
+      <c r="H226" s="10" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="16">
         <v>1</v>
       </c>
-      <c r="B221" s="12" t="s">
-[...30 lines deleted...]
-      <c r="D222" s="7">
+      <c r="B227" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="C227" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D227" s="89">
         <v>28000000</v>
       </c>
-      <c r="E222" s="7"/>
-      <c r="F222" s="7">
+      <c r="E227" s="73"/>
+      <c r="F227" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G222" s="8">
+      <c r="G227" s="7">
         <v>45803</v>
       </c>
-      <c r="H222" s="11" t="s">
-[...4 lines deleted...]
-      <c r="A223" s="18">
+      <c r="H227" s="10" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="31">
         <v>1</v>
       </c>
-      <c r="B223" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C223" s="52" t="s">
+      <c r="B228" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="C228" s="13" t="s">
+        <v>485</v>
+      </c>
+      <c r="D228" s="89">
+        <v>12000000</v>
+      </c>
+      <c r="E228" s="73"/>
+      <c r="F228" s="73">
+        <f t="shared" si="3"/>
+        <v>12000000</v>
+      </c>
+      <c r="G228" s="7">
+        <v>45803</v>
+      </c>
+      <c r="H228" s="10" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A229" s="53">
+        <v>1</v>
+      </c>
+      <c r="B229" s="54" t="s">
+        <v>247</v>
+      </c>
+      <c r="C229" s="57" t="s">
+        <v>486</v>
+      </c>
+      <c r="D229" s="89">
+        <v>42000000</v>
+      </c>
+      <c r="E229" s="73"/>
+      <c r="F229" s="73">
+        <f t="shared" si="3"/>
+        <v>42000000</v>
+      </c>
+      <c r="G229" s="64">
+        <v>45803</v>
+      </c>
+      <c r="H229" s="66" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A230" s="53">
+        <v>1</v>
+      </c>
+      <c r="B230" s="54" t="s">
+        <v>259</v>
+      </c>
+      <c r="C230" s="57" t="s">
+        <v>487</v>
+      </c>
+      <c r="D230" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E230" s="73"/>
+      <c r="F230" s="73">
+        <f t="shared" si="3"/>
+        <v>21000000</v>
+      </c>
+      <c r="G230" s="64">
+        <v>45804</v>
+      </c>
+      <c r="H230" s="66" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="53">
+        <v>12</v>
+      </c>
+      <c r="B231" s="54" t="s">
+        <v>260</v>
+      </c>
+      <c r="C231" s="57" t="s">
+        <v>721</v>
+      </c>
+      <c r="D231" s="89">
+        <v>110000000</v>
+      </c>
+      <c r="E231" s="73"/>
+      <c r="F231" s="73">
+        <f t="shared" si="3"/>
+        <v>110000000</v>
+      </c>
+      <c r="G231" s="64">
+        <v>45805</v>
+      </c>
+      <c r="H231" s="66" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A232" s="53">
+        <v>1</v>
+      </c>
+      <c r="B232" s="54" t="s">
+        <v>716</v>
+      </c>
+      <c r="C232" s="57" t="s">
         <v>224</v>
       </c>
-      <c r="D223" s="110">
+      <c r="D232" s="89">
         <v>28000000</v>
       </c>
-      <c r="E223" s="7"/>
-      <c r="F223" s="7">
+      <c r="E232" s="73"/>
+      <c r="F232" s="73">
         <f t="shared" si="3"/>
         <v>28000000</v>
       </c>
-      <c r="G223" s="8">
-[...7 lines deleted...]
-      <c r="A224" s="18">
+      <c r="G232" s="64">
+        <v>45806</v>
+      </c>
+      <c r="H232" s="66" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
+      <c r="A233" s="77">
+        <v>12</v>
+      </c>
+      <c r="B233" s="76" t="s">
+        <v>717</v>
+      </c>
+      <c r="C233" s="57" t="s">
+        <v>722</v>
+      </c>
+      <c r="D233" s="89">
+        <v>800000000</v>
+      </c>
+      <c r="E233" s="91"/>
+      <c r="F233" s="73">
+        <f t="shared" si="3"/>
+        <v>800000000</v>
+      </c>
+      <c r="G233" s="64">
+        <v>45807</v>
+      </c>
+      <c r="H233" s="66" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="53">
         <v>1</v>
       </c>
-      <c r="B224" s="12" t="s">
-[...9 lines deleted...]
-      <c r="F224" s="7">
+      <c r="B234" s="54" t="s">
+        <v>718</v>
+      </c>
+      <c r="C234" s="57" t="s">
+        <v>723</v>
+      </c>
+      <c r="D234" s="89">
+        <v>45000000</v>
+      </c>
+      <c r="E234" s="73"/>
+      <c r="F234" s="73">
         <f t="shared" si="3"/>
-        <v>28000000</v>
-[...9 lines deleted...]
-      <c r="A225" s="18">
+        <v>45000000</v>
+      </c>
+      <c r="G234" s="64">
+        <v>45807</v>
+      </c>
+      <c r="H234" s="66" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8" ht="204" x14ac:dyDescent="0.25">
+      <c r="A235" s="53">
         <v>1</v>
       </c>
-      <c r="B225" s="12" t="s">
-[...9 lines deleted...]
-      <c r="F225" s="7">
+      <c r="B235" s="54" t="s">
+        <v>719</v>
+      </c>
+      <c r="C235" s="57" t="s">
+        <v>724</v>
+      </c>
+      <c r="D235" s="100">
+        <v>30000000</v>
+      </c>
+      <c r="E235" s="73"/>
+      <c r="F235" s="73">
         <f t="shared" si="3"/>
-        <v>28000000</v>
-[...9 lines deleted...]
-      <c r="A226" s="18">
+        <v>30000000</v>
+      </c>
+      <c r="G235" s="64">
+        <v>45807</v>
+      </c>
+      <c r="H235" s="66" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A236" s="55">
         <v>1</v>
       </c>
-      <c r="B226" s="12" t="s">
-[...80 lines deleted...]
-      <c r="D229" s="87">
+      <c r="B236" s="56" t="s">
+        <v>720</v>
+      </c>
+      <c r="C236" s="57" t="s">
+        <v>725</v>
+      </c>
+      <c r="D236" s="89">
         <v>42000000</v>
       </c>
-      <c r="E229" s="87"/>
-      <c r="F229" s="7">
+      <c r="E236" s="73"/>
+      <c r="F236" s="73">
         <f t="shared" si="3"/>
         <v>42000000</v>
       </c>
-      <c r="G229" s="95">
-[...7 lines deleted...]
-      <c r="A230" s="65">
+      <c r="G236" s="65">
+        <v>45807</v>
+      </c>
+      <c r="H236" s="67" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A237" s="55">
         <v>1</v>
       </c>
-      <c r="B230" s="66" t="s">
-[...5 lines deleted...]
-      <c r="D230" s="87">
+      <c r="B237" s="76" t="s">
+        <v>739</v>
+      </c>
+      <c r="C237" s="57" t="s">
+        <v>830</v>
+      </c>
+      <c r="D237" s="101">
+        <v>13300000</v>
+      </c>
+      <c r="E237" s="62"/>
+      <c r="F237" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G237" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H237" s="123" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A238" s="55">
+        <v>1</v>
+      </c>
+      <c r="B238" s="76" t="s">
+        <v>740</v>
+      </c>
+      <c r="C238" s="57" t="s">
+        <v>830</v>
+      </c>
+      <c r="D238" s="90">
+        <v>13300000</v>
+      </c>
+      <c r="E238" s="73"/>
+      <c r="F238" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G238" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H238" s="124" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="55">
+        <v>1</v>
+      </c>
+      <c r="B239" s="76" t="s">
+        <v>741</v>
+      </c>
+      <c r="C239" s="57" t="s">
+        <v>831</v>
+      </c>
+      <c r="D239" s="90">
+        <v>13300000</v>
+      </c>
+      <c r="E239" s="73"/>
+      <c r="F239" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G239" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H239" s="124" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A240" s="55">
+        <v>1</v>
+      </c>
+      <c r="B240" s="76" t="s">
+        <v>742</v>
+      </c>
+      <c r="C240" s="57" t="s">
+        <v>832</v>
+      </c>
+      <c r="D240" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E240" s="73"/>
+      <c r="F240" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G240" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H240" s="124" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A241" s="55">
+        <v>1</v>
+      </c>
+      <c r="B241" s="76" t="s">
+        <v>743</v>
+      </c>
+      <c r="C241" s="57" t="s">
+        <v>832</v>
+      </c>
+      <c r="D241" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E241" s="73"/>
+      <c r="F241" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G241" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H241" s="124" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A242" s="55">
+        <v>1</v>
+      </c>
+      <c r="B242" s="76" t="s">
+        <v>744</v>
+      </c>
+      <c r="C242" s="57" t="s">
+        <v>833</v>
+      </c>
+      <c r="D242" s="89">
         <v>21000000</v>
       </c>
-      <c r="E230" s="87"/>
-      <c r="F230" s="7">
+      <c r="E242" s="73"/>
+      <c r="F242" s="73">
         <f t="shared" si="3"/>
         <v>21000000</v>
       </c>
-      <c r="G230" s="95">
-[...20 lines deleted...]
-      <c r="F231" s="7">
+      <c r="G242" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H242" s="124" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A243" s="55">
+        <v>1</v>
+      </c>
+      <c r="B243" s="76" t="s">
+        <v>745</v>
+      </c>
+      <c r="C243" s="57" t="s">
+        <v>834</v>
+      </c>
+      <c r="D243" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E243" s="73"/>
+      <c r="F243" s="73">
         <f t="shared" si="3"/>
-        <v>110000000</v>
-[...9 lines deleted...]
-      <c r="A232" s="65">
+        <v>21000000</v>
+      </c>
+      <c r="G243" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H243" s="124" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A244" s="55">
         <v>1</v>
       </c>
-      <c r="B232" s="66" t="s">
-[...9 lines deleted...]
-      <c r="F232" s="7">
+      <c r="B244" s="76" t="s">
+        <v>746</v>
+      </c>
+      <c r="C244" s="57" t="s">
+        <v>835</v>
+      </c>
+      <c r="D244" s="98">
+        <v>13300000</v>
+      </c>
+      <c r="E244" s="73"/>
+      <c r="F244" s="73">
         <f t="shared" si="3"/>
-        <v>28000000</v>
-[...22 lines deleted...]
-      <c r="F233" s="7">
+        <v>13300000</v>
+      </c>
+      <c r="G244" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H244" s="124" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A245" s="55">
+        <v>1</v>
+      </c>
+      <c r="B245" s="76" t="s">
+        <v>747</v>
+      </c>
+      <c r="C245" s="57" t="s">
+        <v>835</v>
+      </c>
+      <c r="D245" s="98">
+        <v>13300000</v>
+      </c>
+      <c r="E245" s="73"/>
+      <c r="F245" s="73">
         <f t="shared" si="3"/>
-        <v>800000000</v>
-[...9 lines deleted...]
-      <c r="A234" s="65">
+        <v>13300000</v>
+      </c>
+      <c r="G245" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H245" s="124" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A246" s="55">
         <v>1</v>
       </c>
-      <c r="B234" s="66" t="s">
-[...9 lines deleted...]
-      <c r="F234" s="7">
+      <c r="B246" s="76" t="s">
+        <v>748</v>
+      </c>
+      <c r="C246" s="57" t="s">
+        <v>836</v>
+      </c>
+      <c r="D246" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E246" s="73"/>
+      <c r="F246" s="73">
         <f t="shared" si="3"/>
-        <v>45000000</v>
-[...9 lines deleted...]
-      <c r="A235" s="65">
+        <v>16100000</v>
+      </c>
+      <c r="G246" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H246" s="124" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A247" s="55">
         <v>1</v>
       </c>
-      <c r="B235" s="66" t="s">
-[...5 lines deleted...]
-      <c r="D235" s="87">
+      <c r="B247" s="76" t="s">
+        <v>749</v>
+      </c>
+      <c r="C247" s="57" t="s">
+        <v>837</v>
+      </c>
+      <c r="D247" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E247" s="73"/>
+      <c r="F247" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G247" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H247" s="124" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A248" s="55">
+        <v>1</v>
+      </c>
+      <c r="B248" s="76" t="s">
+        <v>750</v>
+      </c>
+      <c r="C248" s="57" t="s">
+        <v>838</v>
+      </c>
+      <c r="D248" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E248" s="73"/>
+      <c r="F248" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G248" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H248" s="124" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A249" s="55">
+        <v>1</v>
+      </c>
+      <c r="B249" s="76" t="s">
+        <v>751</v>
+      </c>
+      <c r="C249" s="81" t="s">
+        <v>839</v>
+      </c>
+      <c r="D249" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E249" s="73"/>
+      <c r="F249" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G249" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H249" s="124" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A250" s="55">
+        <v>1</v>
+      </c>
+      <c r="B250" s="76" t="s">
+        <v>752</v>
+      </c>
+      <c r="C250" s="81" t="s">
+        <v>840</v>
+      </c>
+      <c r="D250" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E250" s="73"/>
+      <c r="F250" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G250" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H250" s="124" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A251" s="55">
+        <v>1</v>
+      </c>
+      <c r="B251" s="76" t="s">
+        <v>753</v>
+      </c>
+      <c r="C251" s="60" t="s">
+        <v>841</v>
+      </c>
+      <c r="D251" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E251" s="61"/>
+      <c r="F251" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G251" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H251" s="123" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A252" s="55">
+        <v>1</v>
+      </c>
+      <c r="B252" s="76" t="s">
+        <v>754</v>
+      </c>
+      <c r="C252" s="84" t="s">
+        <v>842</v>
+      </c>
+      <c r="D252" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E252" s="73"/>
+      <c r="F252" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G252" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H252" s="124" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A253" s="55">
+        <v>1</v>
+      </c>
+      <c r="B253" s="76" t="s">
+        <v>755</v>
+      </c>
+      <c r="C253" s="111" t="s">
+        <v>843</v>
+      </c>
+      <c r="D253" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E253" s="73"/>
+      <c r="F253" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G253" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H253" s="124" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A254" s="55">
+        <v>1</v>
+      </c>
+      <c r="B254" s="76" t="s">
+        <v>756</v>
+      </c>
+      <c r="C254" s="57" t="s">
+        <v>844</v>
+      </c>
+      <c r="D254" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E254" s="73"/>
+      <c r="F254" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G254" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H254" s="124" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A255" s="55">
+        <v>1</v>
+      </c>
+      <c r="B255" s="76" t="s">
+        <v>757</v>
+      </c>
+      <c r="C255" s="83" t="s">
+        <v>845</v>
+      </c>
+      <c r="D255" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E255" s="73"/>
+      <c r="F255" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G255" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H255" s="124" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A256" s="55">
+        <v>1</v>
+      </c>
+      <c r="B256" s="76" t="s">
+        <v>758</v>
+      </c>
+      <c r="C256" s="84" t="s">
+        <v>846</v>
+      </c>
+      <c r="D256" s="89">
+        <v>13300000</v>
+      </c>
+      <c r="E256" s="73"/>
+      <c r="F256" s="73">
+        <f t="shared" si="3"/>
+        <v>13300000</v>
+      </c>
+      <c r="G256" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H256" s="124" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="55">
+        <v>1</v>
+      </c>
+      <c r="B257" s="76" t="s">
+        <v>759</v>
+      </c>
+      <c r="C257" s="58" t="s">
+        <v>842</v>
+      </c>
+      <c r="D257" s="102">
+        <v>16100000</v>
+      </c>
+      <c r="E257" s="61"/>
+      <c r="F257" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G257" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H257" s="123" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A258" s="55">
+        <v>1</v>
+      </c>
+      <c r="B258" s="76" t="s">
+        <v>760</v>
+      </c>
+      <c r="C258" s="83" t="s">
+        <v>842</v>
+      </c>
+      <c r="D258" s="89">
+        <v>16100000</v>
+      </c>
+      <c r="E258" s="73"/>
+      <c r="F258" s="73">
+        <f t="shared" si="3"/>
+        <v>16100000</v>
+      </c>
+      <c r="G258" s="120">
+        <v>45812</v>
+      </c>
+      <c r="H258" s="124" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A259" s="77">
+        <v>1</v>
+      </c>
+      <c r="B259" s="76" t="s">
+        <v>761</v>
+      </c>
+      <c r="C259" s="84" t="s">
+        <v>847</v>
+      </c>
+      <c r="D259" s="89">
         <v>30000000</v>
       </c>
-      <c r="E235" s="87"/>
-      <c r="F235" s="7">
+      <c r="E259" s="73"/>
+      <c r="F259" s="73">
         <f t="shared" si="3"/>
         <v>30000000</v>
       </c>
-      <c r="G235" s="95">
-[...7 lines deleted...]
-      <c r="A236" s="67">
+      <c r="G259" s="120">
+        <v>45813</v>
+      </c>
+      <c r="H259" s="124" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A260" s="78">
+        <v>12</v>
+      </c>
+      <c r="B260" s="76" t="s">
+        <v>762</v>
+      </c>
+      <c r="C260" s="112" t="s">
+        <v>848</v>
+      </c>
+      <c r="D260" s="89">
+        <v>500000000</v>
+      </c>
+      <c r="E260" s="73"/>
+      <c r="F260" s="73">
+        <f t="shared" ref="F260:F323" si="4">D260+E260</f>
+        <v>500000000</v>
+      </c>
+      <c r="G260" s="120">
+        <v>45814</v>
+      </c>
+      <c r="H260" s="124" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8" ht="156" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="77">
         <v>1</v>
       </c>
-      <c r="B236" s="68" t="s">
-[...2 lines deleted...]
-      <c r="C236" s="69" t="s">
+      <c r="B261" s="76" t="s">
+        <v>826</v>
+      </c>
+      <c r="C261" s="83" t="s">
+        <v>849</v>
+      </c>
+      <c r="D261" s="89">
+        <v>19500000</v>
+      </c>
+      <c r="E261" s="73"/>
+      <c r="F261" s="73">
+        <f t="shared" si="4"/>
+        <v>19500000</v>
+      </c>
+      <c r="G261" s="120">
+        <v>45814</v>
+      </c>
+      <c r="H261" s="124" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A262" s="55">
+        <v>1</v>
+      </c>
+      <c r="B262" s="76" t="s">
+        <v>763</v>
+      </c>
+      <c r="C262" s="58" t="s">
+        <v>224</v>
+      </c>
+      <c r="D262" s="102">
+        <v>26000000</v>
+      </c>
+      <c r="E262" s="62"/>
+      <c r="F262" s="73">
+        <f t="shared" si="4"/>
+        <v>26000000</v>
+      </c>
+      <c r="G262" s="120">
+        <v>45820</v>
+      </c>
+      <c r="H262" s="123" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A263" s="77">
+        <v>1</v>
+      </c>
+      <c r="B263" s="76" t="s">
+        <v>764</v>
+      </c>
+      <c r="C263" s="81" t="s">
+        <v>850</v>
+      </c>
+      <c r="D263" s="89">
+        <v>28500000</v>
+      </c>
+      <c r="E263" s="73"/>
+      <c r="F263" s="73">
+        <f t="shared" si="4"/>
+        <v>28500000</v>
+      </c>
+      <c r="G263" s="121">
+        <v>45820</v>
+      </c>
+      <c r="H263" s="124" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A264" s="77">
+        <v>1</v>
+      </c>
+      <c r="B264" s="76" t="s">
+        <v>765</v>
+      </c>
+      <c r="C264" s="81" t="s">
+        <v>851</v>
+      </c>
+      <c r="D264" s="89">
+        <v>12233000</v>
+      </c>
+      <c r="E264" s="73"/>
+      <c r="F264" s="73">
+        <f t="shared" si="4"/>
+        <v>12233000</v>
+      </c>
+      <c r="G264" s="121">
+        <v>45824</v>
+      </c>
+      <c r="H264" s="124" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A265" s="77">
+        <v>1</v>
+      </c>
+      <c r="B265" s="76" t="s">
+        <v>766</v>
+      </c>
+      <c r="C265" s="81" t="s">
+        <v>852</v>
+      </c>
+      <c r="D265" s="89">
+        <v>55000000</v>
+      </c>
+      <c r="E265" s="73"/>
+      <c r="F265" s="73">
+        <f t="shared" si="4"/>
+        <v>55000000</v>
+      </c>
+      <c r="G265" s="121">
+        <v>45824</v>
+      </c>
+      <c r="H265" s="124" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A266" s="77">
+        <v>1</v>
+      </c>
+      <c r="B266" s="76" t="s">
+        <v>767</v>
+      </c>
+      <c r="C266" s="81" t="s">
+        <v>853</v>
+      </c>
+      <c r="D266" s="89">
+        <v>55000000</v>
+      </c>
+      <c r="E266" s="73"/>
+      <c r="F266" s="73">
+        <f t="shared" si="4"/>
+        <v>55000000</v>
+      </c>
+      <c r="G266" s="121">
+        <v>45826</v>
+      </c>
+      <c r="H266" s="124" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A267" s="77">
+        <v>1</v>
+      </c>
+      <c r="B267" s="76" t="s">
+        <v>768</v>
+      </c>
+      <c r="C267" s="111" t="s">
+        <v>854</v>
+      </c>
+      <c r="D267" s="89">
+        <v>31667000</v>
+      </c>
+      <c r="E267" s="73"/>
+      <c r="F267" s="73">
+        <f t="shared" si="4"/>
+        <v>31667000</v>
+      </c>
+      <c r="G267" s="121">
+        <v>45828</v>
+      </c>
+      <c r="H267" s="124" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A268" s="77">
+        <v>1</v>
+      </c>
+      <c r="B268" s="76" t="s">
+        <v>769</v>
+      </c>
+      <c r="C268" s="57" t="s">
+        <v>855</v>
+      </c>
+      <c r="D268" s="89">
+        <v>22167000</v>
+      </c>
+      <c r="E268" s="73"/>
+      <c r="F268" s="73">
+        <f t="shared" si="4"/>
+        <v>22167000</v>
+      </c>
+      <c r="G268" s="121">
+        <v>45828</v>
+      </c>
+      <c r="H268" s="124" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="77">
+        <v>1</v>
+      </c>
+      <c r="B269" s="76" t="s">
+        <v>770</v>
+      </c>
+      <c r="C269" s="84" t="s">
+        <v>856</v>
+      </c>
+      <c r="D269" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E269" s="73"/>
+      <c r="F269" s="73">
+        <f t="shared" si="4"/>
+        <v>30000000</v>
+      </c>
+      <c r="G269" s="121">
+        <v>45828</v>
+      </c>
+      <c r="H269" s="124" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A270" s="77">
+        <v>1</v>
+      </c>
+      <c r="B270" s="76" t="s">
+        <v>771</v>
+      </c>
+      <c r="C270" s="111" t="s">
+        <v>857</v>
+      </c>
+      <c r="D270" s="89">
+        <v>12467000</v>
+      </c>
+      <c r="E270" s="73"/>
+      <c r="F270" s="73">
+        <f t="shared" si="4"/>
+        <v>12467000</v>
+      </c>
+      <c r="G270" s="121">
+        <v>45832</v>
+      </c>
+      <c r="H270" s="124" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A271" s="77">
+        <v>1</v>
+      </c>
+      <c r="B271" s="76" t="s">
+        <v>772</v>
+      </c>
+      <c r="C271" s="81" t="s">
+        <v>858</v>
+      </c>
+      <c r="D271" s="89">
+        <v>12400000</v>
+      </c>
+      <c r="E271" s="73"/>
+      <c r="F271" s="73">
+        <f t="shared" si="4"/>
+        <v>12400000</v>
+      </c>
+      <c r="G271" s="121">
+        <v>45833</v>
+      </c>
+      <c r="H271" s="124" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A272" s="55">
+        <v>1</v>
+      </c>
+      <c r="B272" s="76" t="s">
+        <v>773</v>
+      </c>
+      <c r="C272" s="57" t="s">
+        <v>859</v>
+      </c>
+      <c r="D272" s="103">
+        <v>39600000</v>
+      </c>
+      <c r="E272" s="62"/>
+      <c r="F272" s="73">
+        <f t="shared" si="4"/>
+        <v>39600000</v>
+      </c>
+      <c r="G272" s="120">
+        <v>45834</v>
+      </c>
+      <c r="H272" s="67" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A273" s="77">
+        <v>1</v>
+      </c>
+      <c r="B273" s="76" t="s">
+        <v>774</v>
+      </c>
+      <c r="C273" s="81" t="s">
+        <v>860</v>
+      </c>
+      <c r="D273" s="89">
+        <v>21000000</v>
+      </c>
+      <c r="E273" s="73"/>
+      <c r="F273" s="73">
+        <f t="shared" si="4"/>
+        <v>21000000</v>
+      </c>
+      <c r="G273" s="121">
+        <v>45835</v>
+      </c>
+      <c r="H273" s="124" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A274" s="77">
+        <v>1</v>
+      </c>
+      <c r="B274" s="76" t="s">
+        <v>775</v>
+      </c>
+      <c r="C274" s="111" t="s">
+        <v>861</v>
+      </c>
+      <c r="D274" s="89">
+        <v>25800000</v>
+      </c>
+      <c r="E274" s="73"/>
+      <c r="F274" s="73">
+        <f t="shared" si="4"/>
+        <v>25800000</v>
+      </c>
+      <c r="G274" s="121">
+        <v>45835</v>
+      </c>
+      <c r="H274" s="125" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="79" t="s">
+        <v>827</v>
+      </c>
+      <c r="B275" s="76" t="s">
+        <v>776</v>
+      </c>
+      <c r="C275" s="81" t="s">
+        <v>862</v>
+      </c>
+      <c r="D275" s="89">
+        <v>29834000</v>
+      </c>
+      <c r="E275" s="73"/>
+      <c r="F275" s="73">
+        <f t="shared" si="4"/>
+        <v>29834000</v>
+      </c>
+      <c r="G275" s="121">
+        <v>45840</v>
+      </c>
+      <c r="H275" s="124" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A276" s="77">
+        <v>1</v>
+      </c>
+      <c r="B276" s="76" t="s">
+        <v>777</v>
+      </c>
+      <c r="C276" s="81" t="s">
+        <v>863</v>
+      </c>
+      <c r="D276" s="90">
+        <v>23599999.91</v>
+      </c>
+      <c r="E276" s="73"/>
+      <c r="F276" s="91">
+        <f t="shared" si="4"/>
+        <v>23599999.91</v>
+      </c>
+      <c r="G276" s="121">
+        <v>45841</v>
+      </c>
+      <c r="H276" s="124" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A277" s="77">
+        <v>1</v>
+      </c>
+      <c r="B277" s="76" t="s">
+        <v>778</v>
+      </c>
+      <c r="C277" s="81" t="s">
+        <v>864</v>
+      </c>
+      <c r="D277" s="89">
+        <v>49997590</v>
+      </c>
+      <c r="E277" s="73"/>
+      <c r="F277" s="73">
+        <f t="shared" si="4"/>
+        <v>49997590</v>
+      </c>
+      <c r="G277" s="121">
+        <v>45841</v>
+      </c>
+      <c r="H277" s="124" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A278" s="55">
+        <v>1</v>
+      </c>
+      <c r="B278" s="76" t="s">
+        <v>779</v>
+      </c>
+      <c r="C278" s="60" t="s">
+        <v>865</v>
+      </c>
+      <c r="D278" s="102">
+        <v>44319400</v>
+      </c>
+      <c r="E278" s="62"/>
+      <c r="F278" s="73">
+        <f t="shared" si="4"/>
+        <v>44319400</v>
+      </c>
+      <c r="G278" s="120">
+        <v>45846</v>
+      </c>
+      <c r="H278" s="123" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A279" s="78">
+        <v>12</v>
+      </c>
+      <c r="B279" s="76" t="s">
+        <v>780</v>
+      </c>
+      <c r="C279" s="83" t="s">
+        <v>866</v>
+      </c>
+      <c r="D279" s="89">
+        <v>35000000</v>
+      </c>
+      <c r="E279" s="73"/>
+      <c r="F279" s="73">
+        <f t="shared" si="4"/>
+        <v>35000000</v>
+      </c>
+      <c r="G279" s="121">
+        <v>45847</v>
+      </c>
+      <c r="H279" s="124" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A280" s="77">
+        <v>10</v>
+      </c>
+      <c r="B280" s="76" t="s">
+        <v>781</v>
+      </c>
+      <c r="C280" s="59" t="s">
+        <v>867</v>
+      </c>
+      <c r="D280" s="102">
+        <v>150000000</v>
+      </c>
+      <c r="E280" s="62"/>
+      <c r="F280" s="73">
+        <f t="shared" si="4"/>
+        <v>150000000</v>
+      </c>
+      <c r="G280" s="120">
+        <v>45847</v>
+      </c>
+      <c r="H280" s="123" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A281" s="77">
+        <v>1</v>
+      </c>
+      <c r="B281" s="76" t="s">
+        <v>782</v>
+      </c>
+      <c r="C281" s="112" t="s">
+        <v>868</v>
+      </c>
+      <c r="D281" s="102">
+        <v>28200000</v>
+      </c>
+      <c r="E281" s="62"/>
+      <c r="F281" s="73">
+        <f t="shared" si="4"/>
+        <v>28200000</v>
+      </c>
+      <c r="G281" s="120">
+        <v>45848</v>
+      </c>
+      <c r="H281" s="123" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A282" s="77">
+        <v>1</v>
+      </c>
+      <c r="B282" s="76" t="s">
+        <v>783</v>
+      </c>
+      <c r="C282" s="84" t="s">
+        <v>869</v>
+      </c>
+      <c r="D282" s="102">
+        <v>134730000</v>
+      </c>
+      <c r="E282" s="62"/>
+      <c r="F282" s="73">
+        <f t="shared" si="4"/>
+        <v>134730000</v>
+      </c>
+      <c r="G282" s="120">
+        <v>45854</v>
+      </c>
+      <c r="H282" s="123" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A283" s="77">
+        <v>1</v>
+      </c>
+      <c r="B283" s="76" t="s">
+        <v>784</v>
+      </c>
+      <c r="C283" s="84" t="s">
+        <v>870</v>
+      </c>
+      <c r="D283" s="102">
+        <v>55000000</v>
+      </c>
+      <c r="E283" s="62"/>
+      <c r="F283" s="73">
+        <f t="shared" si="4"/>
+        <v>55000000</v>
+      </c>
+      <c r="G283" s="120">
+        <v>45859</v>
+      </c>
+      <c r="H283" s="123" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A284" s="55">
+        <v>2</v>
+      </c>
+      <c r="B284" s="76" t="s">
+        <v>785</v>
+      </c>
+      <c r="C284" s="84" t="s">
+        <v>871</v>
+      </c>
+      <c r="D284" s="102">
+        <v>120000000</v>
+      </c>
+      <c r="E284" s="62"/>
+      <c r="F284" s="73">
+        <f t="shared" si="4"/>
+        <v>120000000</v>
+      </c>
+      <c r="G284" s="120">
+        <v>45859</v>
+      </c>
+      <c r="H284" s="123" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A285" s="55">
+        <v>1</v>
+      </c>
+      <c r="B285" s="76" t="s">
+        <v>786</v>
+      </c>
+      <c r="C285" s="85" t="s">
+        <v>872</v>
+      </c>
+      <c r="D285" s="102">
+        <v>22500000</v>
+      </c>
+      <c r="E285" s="62"/>
+      <c r="F285" s="73">
+        <f t="shared" si="4"/>
+        <v>22500000</v>
+      </c>
+      <c r="G285" s="120">
+        <v>45859</v>
+      </c>
+      <c r="H285" s="123" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A286" s="55">
+        <v>1</v>
+      </c>
+      <c r="B286" s="76" t="s">
+        <v>787</v>
+      </c>
+      <c r="C286" s="60" t="s">
+        <v>873</v>
+      </c>
+      <c r="D286" s="102">
+        <v>35730000</v>
+      </c>
+      <c r="E286" s="62"/>
+      <c r="F286" s="73">
+        <f t="shared" si="4"/>
+        <v>35730000</v>
+      </c>
+      <c r="G286" s="120">
+        <v>45859</v>
+      </c>
+      <c r="H286" s="123" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A287" s="80">
+        <v>12</v>
+      </c>
+      <c r="B287" s="76" t="s">
+        <v>788</v>
+      </c>
+      <c r="C287" s="84" t="s">
+        <v>874</v>
+      </c>
+      <c r="D287" s="102">
+        <v>24500000</v>
+      </c>
+      <c r="E287" s="62"/>
+      <c r="F287" s="73">
+        <f t="shared" si="4"/>
+        <v>24500000</v>
+      </c>
+      <c r="G287" s="120">
+        <v>45860</v>
+      </c>
+      <c r="H287" s="123" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="78">
+        <v>12</v>
+      </c>
+      <c r="B288" s="76" t="s">
+        <v>828</v>
+      </c>
+      <c r="C288" s="84" t="s">
+        <v>875</v>
+      </c>
+      <c r="D288" s="89">
+        <v>59200000</v>
+      </c>
+      <c r="E288" s="73"/>
+      <c r="F288" s="73">
+        <f t="shared" si="4"/>
+        <v>59200000</v>
+      </c>
+      <c r="G288" s="121">
+        <v>45861</v>
+      </c>
+      <c r="H288" s="124" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A289" s="77">
+        <v>2</v>
+      </c>
+      <c r="B289" s="76" t="s">
+        <v>789</v>
+      </c>
+      <c r="C289" s="59" t="s">
+        <v>876</v>
+      </c>
+      <c r="D289" s="102">
+        <v>100000000</v>
+      </c>
+      <c r="E289" s="62"/>
+      <c r="F289" s="73">
+        <f t="shared" si="4"/>
+        <v>100000000</v>
+      </c>
+      <c r="G289" s="120">
+        <v>45869</v>
+      </c>
+      <c r="H289" s="123" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A290" s="77">
+        <v>1</v>
+      </c>
+      <c r="B290" s="76" t="s">
+        <v>790</v>
+      </c>
+      <c r="C290" s="60" t="s">
+        <v>877</v>
+      </c>
+      <c r="D290" s="102">
+        <v>38320000</v>
+      </c>
+      <c r="E290" s="62"/>
+      <c r="F290" s="73">
+        <f t="shared" si="4"/>
+        <v>38320000</v>
+      </c>
+      <c r="G290" s="120">
+        <v>45870</v>
+      </c>
+      <c r="H290" s="123" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A291" s="77">
+        <v>1</v>
+      </c>
+      <c r="B291" s="76" t="s">
+        <v>791</v>
+      </c>
+      <c r="C291" s="60" t="s">
+        <v>878</v>
+      </c>
+      <c r="D291" s="102">
+        <v>25000000</v>
+      </c>
+      <c r="E291" s="62"/>
+      <c r="F291" s="73">
+        <f t="shared" si="4"/>
+        <v>25000000</v>
+      </c>
+      <c r="G291" s="120">
+        <v>45870</v>
+      </c>
+      <c r="H291" s="123" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A292" s="77">
+        <v>1</v>
+      </c>
+      <c r="B292" s="76" t="s">
+        <v>792</v>
+      </c>
+      <c r="C292" s="60" t="s">
+        <v>879</v>
+      </c>
+      <c r="D292" s="102">
+        <v>18000000</v>
+      </c>
+      <c r="E292" s="62"/>
+      <c r="F292" s="104">
+        <f t="shared" si="4"/>
+        <v>18000000</v>
+      </c>
+      <c r="G292" s="120">
+        <v>45870</v>
+      </c>
+      <c r="H292" s="123" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A293" s="77">
+        <v>1</v>
+      </c>
+      <c r="B293" s="76" t="s">
+        <v>793</v>
+      </c>
+      <c r="C293" s="84" t="s">
+        <v>880</v>
+      </c>
+      <c r="D293" s="89">
+        <v>30000000</v>
+      </c>
+      <c r="E293" s="73"/>
+      <c r="F293" s="73">
+        <f t="shared" si="4"/>
+        <v>30000000</v>
+      </c>
+      <c r="G293" s="121">
+        <v>45875</v>
+      </c>
+      <c r="H293" s="124" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A294" s="77">
+        <v>10</v>
+      </c>
+      <c r="B294" s="76" t="s">
+        <v>794</v>
+      </c>
+      <c r="C294" s="84" t="s">
+        <v>881</v>
+      </c>
+      <c r="D294" s="89">
+        <v>317492000</v>
+      </c>
+      <c r="E294" s="73"/>
+      <c r="F294" s="73">
+        <f t="shared" si="4"/>
+        <v>317492000</v>
+      </c>
+      <c r="G294" s="121">
+        <v>45880</v>
+      </c>
+      <c r="H294" s="124" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A295" s="77">
+        <v>1</v>
+      </c>
+      <c r="B295" s="76" t="s">
+        <v>795</v>
+      </c>
+      <c r="C295" s="83" t="s">
+        <v>882</v>
+      </c>
+      <c r="D295" s="89">
+        <v>14000000</v>
+      </c>
+      <c r="E295" s="73"/>
+      <c r="F295" s="73">
+        <f t="shared" si="4"/>
+        <v>14000000</v>
+      </c>
+      <c r="G295" s="121">
+        <v>45882</v>
+      </c>
+      <c r="H295" s="124" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A296" s="77">
+        <v>1</v>
+      </c>
+      <c r="B296" s="76" t="s">
+        <v>796</v>
+      </c>
+      <c r="C296" s="84" t="s">
+        <v>883</v>
+      </c>
+      <c r="D296" s="89">
+        <v>22500000</v>
+      </c>
+      <c r="E296" s="73"/>
+      <c r="F296" s="73">
+        <f t="shared" si="4"/>
+        <v>22500000</v>
+      </c>
+      <c r="G296" s="121">
+        <v>45883</v>
+      </c>
+      <c r="H296" s="124" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A297" s="77">
+        <v>1</v>
+      </c>
+      <c r="B297" s="76" t="s">
+        <v>797</v>
+      </c>
+      <c r="C297" s="84" t="s">
+        <v>317</v>
+      </c>
+      <c r="D297" s="89">
+        <v>19650000</v>
+      </c>
+      <c r="E297" s="73"/>
+      <c r="F297" s="73">
+        <f t="shared" si="4"/>
+        <v>19650000</v>
+      </c>
+      <c r="G297" s="121">
+        <v>45889</v>
+      </c>
+      <c r="H297" s="124" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A298" s="77">
+        <v>1</v>
+      </c>
+      <c r="B298" s="76" t="s">
+        <v>798</v>
+      </c>
+      <c r="C298" s="113" t="s">
+        <v>884</v>
+      </c>
+      <c r="D298" s="89">
+        <v>14000000</v>
+      </c>
+      <c r="E298" s="73"/>
+      <c r="F298" s="73">
+        <f t="shared" si="4"/>
+        <v>14000000</v>
+      </c>
+      <c r="G298" s="121">
+        <v>45891</v>
+      </c>
+      <c r="H298" s="124" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A299" s="77">
+        <v>1</v>
+      </c>
+      <c r="B299" s="76" t="s">
+        <v>799</v>
+      </c>
+      <c r="C299" s="86" t="s">
+        <v>885</v>
+      </c>
+      <c r="D299" s="89">
+        <v>40000000</v>
+      </c>
+      <c r="E299" s="73"/>
+      <c r="F299" s="73">
+        <f t="shared" si="4"/>
+        <v>40000000</v>
+      </c>
+      <c r="G299" s="121">
+        <v>45891</v>
+      </c>
+      <c r="H299" s="124" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A300" s="55">
+        <v>1</v>
+      </c>
+      <c r="B300" s="76" t="s">
+        <v>800</v>
+      </c>
+      <c r="C300" s="57" t="s">
+        <v>886</v>
+      </c>
+      <c r="D300" s="63">
+        <v>18900000</v>
+      </c>
+      <c r="E300" s="62"/>
+      <c r="F300" s="73">
+        <f t="shared" si="4"/>
+        <v>18900000</v>
+      </c>
+      <c r="G300" s="120">
+        <v>45894</v>
+      </c>
+      <c r="H300" s="123" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A301" s="77">
+        <v>1</v>
+      </c>
+      <c r="B301" s="76" t="s">
+        <v>801</v>
+      </c>
+      <c r="C301" s="84" t="s">
+        <v>887</v>
+      </c>
+      <c r="D301" s="89">
+        <v>16800000</v>
+      </c>
+      <c r="E301" s="73"/>
+      <c r="F301" s="73">
+        <f t="shared" si="4"/>
+        <v>16800000</v>
+      </c>
+      <c r="G301" s="120">
+        <v>45894</v>
+      </c>
+      <c r="H301" s="124" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A302" s="77">
+        <v>1</v>
+      </c>
+      <c r="B302" s="76" t="s">
+        <v>802</v>
+      </c>
+      <c r="C302" s="84" t="s">
+        <v>888</v>
+      </c>
+      <c r="D302" s="89">
+        <v>21493333</v>
+      </c>
+      <c r="E302" s="73"/>
+      <c r="F302" s="73">
+        <f t="shared" si="4"/>
+        <v>21493333</v>
+      </c>
+      <c r="G302" s="121">
+        <v>45895</v>
+      </c>
+      <c r="H302" s="124" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="77">
+        <v>1</v>
+      </c>
+      <c r="B303" s="76" t="s">
+        <v>803</v>
+      </c>
+      <c r="C303" s="112" t="s">
+        <v>300</v>
+      </c>
+      <c r="D303" s="89">
+        <v>14583000</v>
+      </c>
+      <c r="E303" s="73"/>
+      <c r="F303" s="73">
+        <f t="shared" si="4"/>
+        <v>14583000</v>
+      </c>
+      <c r="G303" s="121">
+        <v>45895</v>
+      </c>
+      <c r="H303" s="124" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A304" s="78">
+        <v>12</v>
+      </c>
+      <c r="B304" s="76" t="s">
+        <v>804</v>
+      </c>
+      <c r="C304" s="84" t="s">
+        <v>889</v>
+      </c>
+      <c r="D304" s="89">
+        <v>249681749</v>
+      </c>
+      <c r="E304" s="73"/>
+      <c r="F304" s="73">
+        <f t="shared" si="4"/>
+        <v>249681749</v>
+      </c>
+      <c r="G304" s="121">
+        <v>45896</v>
+      </c>
+      <c r="H304" s="124" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A305" s="77">
+        <v>1</v>
+      </c>
+      <c r="B305" s="76" t="s">
+        <v>805</v>
+      </c>
+      <c r="C305" s="111" t="s">
+        <v>890</v>
+      </c>
+      <c r="D305" s="89">
+        <v>40000000</v>
+      </c>
+      <c r="E305" s="73"/>
+      <c r="F305" s="73">
+        <f t="shared" si="4"/>
+        <v>40000000</v>
+      </c>
+      <c r="G305" s="121">
+        <v>45896</v>
+      </c>
+      <c r="H305" s="124" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A306" s="77">
+        <v>1</v>
+      </c>
+      <c r="B306" s="76" t="s">
+        <v>806</v>
+      </c>
+      <c r="C306" s="81" t="s">
+        <v>891</v>
+      </c>
+      <c r="D306" s="89">
+        <v>79500000</v>
+      </c>
+      <c r="E306" s="73"/>
+      <c r="F306" s="73">
+        <f t="shared" si="4"/>
+        <v>79500000</v>
+      </c>
+      <c r="G306" s="121">
+        <v>45896</v>
+      </c>
+      <c r="H306" s="124" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" ht="156" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="77">
+        <v>1</v>
+      </c>
+      <c r="B307" s="76" t="s">
+        <v>829</v>
+      </c>
+      <c r="C307" s="81" t="s">
+        <v>298</v>
+      </c>
+      <c r="D307" s="89">
+        <v>10500000</v>
+      </c>
+      <c r="E307" s="73"/>
+      <c r="F307" s="73">
+        <f t="shared" si="4"/>
+        <v>10500000</v>
+      </c>
+      <c r="G307" s="121">
+        <v>45901</v>
+      </c>
+      <c r="H307" s="124" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A308" s="77">
+        <v>10</v>
+      </c>
+      <c r="B308" s="76" t="s">
+        <v>807</v>
+      </c>
+      <c r="C308" s="81" t="s">
+        <v>892</v>
+      </c>
+      <c r="D308" s="89">
+        <v>40000000</v>
+      </c>
+      <c r="E308" s="73"/>
+      <c r="F308" s="73">
+        <f t="shared" si="4"/>
+        <v>40000000</v>
+      </c>
+      <c r="G308" s="121">
+        <v>45910</v>
+      </c>
+      <c r="H308" s="124" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A309" s="77">
+        <v>10</v>
+      </c>
+      <c r="B309" s="76" t="s">
+        <v>808</v>
+      </c>
+      <c r="C309" s="84" t="s">
+        <v>893</v>
+      </c>
+      <c r="D309" s="89">
+        <v>50000000</v>
+      </c>
+      <c r="E309" s="73"/>
+      <c r="F309" s="73">
+        <f t="shared" si="4"/>
+        <v>50000000</v>
+      </c>
+      <c r="G309" s="121">
+        <v>45910</v>
+      </c>
+      <c r="H309" s="124" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A310" s="77">
+        <v>1</v>
+      </c>
+      <c r="B310" s="76" t="s">
+        <v>809</v>
+      </c>
+      <c r="C310" s="112" t="s">
+        <v>894</v>
+      </c>
+      <c r="D310" s="89">
+        <v>69999990</v>
+      </c>
+      <c r="E310" s="73"/>
+      <c r="F310" s="73">
+        <f t="shared" si="4"/>
+        <v>69999990</v>
+      </c>
+      <c r="G310" s="121">
+        <v>45911</v>
+      </c>
+      <c r="H310" s="124" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="77">
+        <v>1</v>
+      </c>
+      <c r="B311" s="76" t="s">
+        <v>810</v>
+      </c>
+      <c r="C311" s="115" t="s">
+        <v>895</v>
+      </c>
+      <c r="D311" s="89">
+        <v>19250000</v>
+      </c>
+      <c r="E311" s="73"/>
+      <c r="F311" s="73">
+        <f t="shared" si="4"/>
+        <v>19250000</v>
+      </c>
+      <c r="G311" s="121">
+        <v>45912</v>
+      </c>
+      <c r="H311" s="124" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A312" s="77">
+        <v>10</v>
+      </c>
+      <c r="B312" s="76" t="s">
+        <v>811</v>
+      </c>
+      <c r="C312" s="87" t="s">
+        <v>896</v>
+      </c>
+      <c r="D312" s="73">
+        <v>186820000</v>
+      </c>
+      <c r="E312" s="105"/>
+      <c r="F312" s="73">
+        <f t="shared" si="4"/>
+        <v>186820000</v>
+      </c>
+      <c r="G312" s="121">
+        <v>45912</v>
+      </c>
+      <c r="H312" s="124" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A313" s="77">
+        <v>1</v>
+      </c>
+      <c r="B313" s="76" t="s">
+        <v>812</v>
+      </c>
+      <c r="C313" s="116" t="s">
+        <v>897</v>
+      </c>
+      <c r="D313" s="73">
+        <v>18000000</v>
+      </c>
+      <c r="F313" s="73">
+        <f t="shared" si="4"/>
+        <v>18000000</v>
+      </c>
+      <c r="G313" s="121">
+        <v>45915</v>
+      </c>
+      <c r="H313" s="124" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A314" s="77">
+        <v>1</v>
+      </c>
+      <c r="B314" s="76" t="s">
+        <v>813</v>
+      </c>
+      <c r="C314" s="111" t="s">
         <v>725</v>
       </c>
-      <c r="D236" s="90">
-[...319 lines deleted...]
-      <c r="F260" s="7">
+      <c r="D314" s="89">
+        <v>19950000</v>
+      </c>
+      <c r="E314" s="73"/>
+      <c r="F314" s="73">
+        <f t="shared" si="4"/>
+        <v>19950000</v>
+      </c>
+      <c r="G314" s="121">
+        <v>45917</v>
+      </c>
+      <c r="H314" s="124" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A315" s="71"/>
+      <c r="B315" s="72" t="s">
+        <v>814</v>
+      </c>
+      <c r="C315" s="88"/>
+      <c r="D315" s="106"/>
+      <c r="E315" s="107"/>
+      <c r="F315" s="107">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="G260" s="95"/>
-[...8 lines deleted...]
-      <c r="F261" s="7">
+      <c r="G315" s="122"/>
+      <c r="H315" s="126"/>
+    </row>
+    <row r="316" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A316" s="77">
+        <v>1</v>
+      </c>
+      <c r="B316" s="76" t="s">
+        <v>815</v>
+      </c>
+      <c r="C316" s="117" t="s">
+        <v>898</v>
+      </c>
+      <c r="D316" s="89">
+        <v>10325000</v>
+      </c>
+      <c r="E316" s="73"/>
+      <c r="F316" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F262" s="7">
+        <v>10325000</v>
+      </c>
+      <c r="G316" s="121">
+        <v>45918</v>
+      </c>
+      <c r="H316" s="124" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A317" s="77">
+        <v>1</v>
+      </c>
+      <c r="B317" s="76" t="s">
+        <v>816</v>
+      </c>
+      <c r="C317" s="118" t="s">
+        <v>899</v>
+      </c>
+      <c r="D317" s="89">
+        <v>15300000</v>
+      </c>
+      <c r="E317" s="73"/>
+      <c r="F317" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F263" s="7">
+        <v>15300000</v>
+      </c>
+      <c r="G317" s="121">
+        <v>45919</v>
+      </c>
+      <c r="H317" s="124" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A318" s="77">
+        <v>1</v>
+      </c>
+      <c r="B318" s="76" t="s">
+        <v>817</v>
+      </c>
+      <c r="C318" s="111" t="s">
+        <v>900</v>
+      </c>
+      <c r="D318" s="89">
+        <v>12000000</v>
+      </c>
+      <c r="E318" s="73"/>
+      <c r="F318" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F264" s="7">
+        <v>12000000</v>
+      </c>
+      <c r="G318" s="121">
+        <v>45922</v>
+      </c>
+      <c r="H318" s="124" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A319" s="77">
+        <v>1</v>
+      </c>
+      <c r="B319" s="76" t="s">
+        <v>818</v>
+      </c>
+      <c r="C319" s="116" t="s">
+        <v>901</v>
+      </c>
+      <c r="D319" s="89">
+        <v>49451120</v>
+      </c>
+      <c r="E319" s="73"/>
+      <c r="F319" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F265" s="7">
+        <v>49451120</v>
+      </c>
+      <c r="G319" s="121">
+        <v>45922</v>
+      </c>
+      <c r="H319" s="124" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A320" s="77">
+        <v>1</v>
+      </c>
+      <c r="B320" s="76" t="s">
+        <v>819</v>
+      </c>
+      <c r="C320" s="116" t="s">
+        <v>902</v>
+      </c>
+      <c r="D320" s="89">
+        <v>14667000</v>
+      </c>
+      <c r="E320" s="73"/>
+      <c r="F320" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F266" s="7">
+        <v>14667000</v>
+      </c>
+      <c r="G320" s="121">
+        <v>45922</v>
+      </c>
+      <c r="H320" s="124" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A321" s="77">
+        <v>1</v>
+      </c>
+      <c r="B321" s="76" t="s">
+        <v>820</v>
+      </c>
+      <c r="C321" s="116" t="s">
+        <v>903</v>
+      </c>
+      <c r="D321" s="89">
+        <v>13333330</v>
+      </c>
+      <c r="E321" s="73"/>
+      <c r="F321" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F267" s="7">
+        <v>13333330</v>
+      </c>
+      <c r="G321" s="121">
+        <v>45922</v>
+      </c>
+      <c r="H321" s="124" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A322" s="77">
+        <v>1</v>
+      </c>
+      <c r="B322" s="76" t="s">
+        <v>821</v>
+      </c>
+      <c r="C322" s="111" t="s">
+        <v>904</v>
+      </c>
+      <c r="D322" s="89">
+        <v>9000000</v>
+      </c>
+      <c r="E322" s="73"/>
+      <c r="F322" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="F268" s="7">
+        <v>9000000</v>
+      </c>
+      <c r="G322" s="121">
+        <v>45924</v>
+      </c>
+      <c r="H322" s="124" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A323" s="78">
+        <v>12</v>
+      </c>
+      <c r="B323" s="76" t="s">
+        <v>822</v>
+      </c>
+      <c r="C323" s="116" t="s">
+        <v>905</v>
+      </c>
+      <c r="D323" s="99">
+        <v>413999334</v>
+      </c>
+      <c r="E323" s="73"/>
+      <c r="F323" s="73">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...494 lines deleted...]
-      <c r="H313" s="100"/>
+        <v>413999334</v>
+      </c>
+      <c r="G323" s="121">
+        <v>45929</v>
+      </c>
+      <c r="H323" s="124" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A324" s="77">
+        <v>1</v>
+      </c>
+      <c r="B324" s="76" t="s">
+        <v>823</v>
+      </c>
+      <c r="C324" s="115" t="s">
+        <v>906</v>
+      </c>
+      <c r="D324" s="89">
+        <v>12000000</v>
+      </c>
+      <c r="E324" s="73"/>
+      <c r="F324" s="73">
+        <f t="shared" ref="F324:F326" si="5">D324+E324</f>
+        <v>12000000</v>
+      </c>
+      <c r="G324" s="121">
+        <v>45930</v>
+      </c>
+      <c r="H324" s="124" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A325" s="77">
+        <v>1</v>
+      </c>
+      <c r="B325" s="76" t="s">
+        <v>824</v>
+      </c>
+      <c r="C325" s="116" t="s">
+        <v>397</v>
+      </c>
+      <c r="D325" s="89">
+        <v>6300000</v>
+      </c>
+      <c r="E325" s="73"/>
+      <c r="F325" s="73">
+        <f t="shared" si="5"/>
+        <v>6300000</v>
+      </c>
+      <c r="G325" s="121">
+        <v>45930</v>
+      </c>
+      <c r="H325" s="124" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A326" s="77">
+        <v>1</v>
+      </c>
+      <c r="B326" s="76" t="s">
+        <v>825</v>
+      </c>
+      <c r="C326" s="119" t="s">
+        <v>907</v>
+      </c>
+      <c r="D326" s="89">
+        <v>7500000</v>
+      </c>
+      <c r="E326" s="73"/>
+      <c r="F326" s="73">
+        <f t="shared" si="5"/>
+        <v>7500000</v>
+      </c>
+      <c r="G326" s="121">
+        <v>45930</v>
+      </c>
+      <c r="H326" s="124" t="s">
+        <v>996</v>
+      </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="H255" r:id="rId1" xr:uid="{4B74B486-7CA2-46B0-8A5F-73E1294D5B3E}"/>
+    <hyperlink ref="H256" r:id="rId2" xr:uid="{25F4EF3D-3FBF-49FD-BD61-FBA36EDD1F5B}"/>
+    <hyperlink ref="H251" r:id="rId3" xr:uid="{42D98C86-5BB1-4472-AA9B-0BEC2B292FD9}"/>
+    <hyperlink ref="H239" r:id="rId4" xr:uid="{833C62F2-6397-46A5-988F-7F30D94A059D}"/>
+    <hyperlink ref="H265" r:id="rId5" xr:uid="{F951E682-CCA5-4F43-81C9-4C352B9AEAF6}"/>
+    <hyperlink ref="H243" r:id="rId6" xr:uid="{97012CE4-CA32-48E2-8912-0CABA5B25FEF}"/>
+    <hyperlink ref="H248" r:id="rId7" xr:uid="{D54EB4FD-11A9-452E-BF1A-3D0173DF5C4B}"/>
+    <hyperlink ref="H269" r:id="rId8" xr:uid="{DB6EE9BA-24F4-4528-81B9-AC12BDA4B81D}"/>
+    <hyperlink ref="H267" r:id="rId9" xr:uid="{7F96EA8C-55A3-4109-8BC5-33A15EC5BB6D}"/>
+    <hyperlink ref="H237" r:id="rId10" xr:uid="{8D02E0DB-2917-4770-93DD-412213FEFB92}"/>
+    <hyperlink ref="H238" r:id="rId11" xr:uid="{7623B669-FFCC-4497-AA61-E8D5BFD03C06}"/>
+    <hyperlink ref="H240" r:id="rId12" xr:uid="{386D6CDC-9754-4FC6-961F-0DCA77DC1D2B}"/>
+    <hyperlink ref="H241" r:id="rId13" xr:uid="{CD9D1F53-D5AC-4082-A686-EA30C11250D1}"/>
+    <hyperlink ref="H242" r:id="rId14" xr:uid="{5374401E-360A-41D9-B122-D67CE6E7D96E}"/>
+    <hyperlink ref="H244" r:id="rId15" xr:uid="{C4794B31-F8EE-4BE7-9695-6FF71A9FFE08}"/>
+    <hyperlink ref="H245" r:id="rId16" xr:uid="{92991AC4-F673-4326-BCAE-6200A009DDCC}"/>
+    <hyperlink ref="H246" r:id="rId17" xr:uid="{518AEA95-FDC1-4C2F-96B6-4EEC69C1F58C}"/>
+    <hyperlink ref="H247" r:id="rId18" xr:uid="{FAF28AC1-1399-4064-A580-B3E80F117758}"/>
+    <hyperlink ref="H249" r:id="rId19" xr:uid="{41DD1E5B-FD59-4E7B-B340-6545913FE4B3}"/>
+    <hyperlink ref="H250" r:id="rId20" xr:uid="{1202B86D-CD55-49B7-9441-8B9B9B007970}"/>
+    <hyperlink ref="H252" r:id="rId21" xr:uid="{0390BD62-0047-4EE7-94ED-478AD24DDB68}"/>
+    <hyperlink ref="H253" r:id="rId22" xr:uid="{DC43A2A2-5B84-4804-8FB8-DEEDB8FF1C25}"/>
+    <hyperlink ref="H254" r:id="rId23" xr:uid="{B5449D45-FC95-4877-B560-789AE57C0F88}"/>
+    <hyperlink ref="H257" r:id="rId24" xr:uid="{4FC06167-8123-45B9-A32F-CD0598723848}"/>
+    <hyperlink ref="H258" r:id="rId25" xr:uid="{9F3BC6B7-9B58-4691-9F5D-DBD54C9F565E}"/>
+    <hyperlink ref="H259" r:id="rId26" xr:uid="{F984DF7C-EE1F-456A-A25C-FFE7FCC33DDF}"/>
+    <hyperlink ref="H260" r:id="rId27" xr:uid="{DE429A55-8113-406F-8F38-53A0B5802A83}"/>
+    <hyperlink ref="H261" r:id="rId28" xr:uid="{78C15C08-04EE-4A5C-A1C8-B219674B90DA}"/>
+    <hyperlink ref="H262" r:id="rId29" xr:uid="{749A62CD-9FD3-4C09-82C9-15149000EA4B}"/>
+    <hyperlink ref="H263" r:id="rId30" xr:uid="{4C8DC455-AE64-41E5-876F-6267C932F845}"/>
+    <hyperlink ref="H264" r:id="rId31" xr:uid="{D53992BB-2206-4C83-A55F-B38726D16752}"/>
+    <hyperlink ref="H266" r:id="rId32" xr:uid="{0034492E-583E-44DA-A1ED-211B791FAE97}"/>
+    <hyperlink ref="H268" r:id="rId33" xr:uid="{194CCF23-3064-49ED-B660-6DA9ECDC9CDA}"/>
+    <hyperlink ref="H271" r:id="rId34" xr:uid="{566CCB82-E7C2-4807-803A-2689444E35B9}"/>
+    <hyperlink ref="H273" r:id="rId35" xr:uid="{EADDE4F0-47A4-4B2A-A9C7-230AA32C4399}"/>
+    <hyperlink ref="H276" r:id="rId36" xr:uid="{002EFD78-43AF-4592-BA74-66EABFDDB9DB}"/>
+    <hyperlink ref="H277" r:id="rId37" xr:uid="{1E70DFB6-EAA3-43DA-9099-4BEB804EDB24}"/>
+    <hyperlink ref="H275" r:id="rId38" xr:uid="{E74F5CE0-9297-46B5-BCAA-3935AA19AACD}"/>
+    <hyperlink ref="H288" r:id="rId39" xr:uid="{86C7CC71-7BB4-4AA9-83EA-13B889B01A3C}"/>
+    <hyperlink ref="H278" r:id="rId40" xr:uid="{2B27AE8F-0D97-47B2-90A0-0FFA1D8F2575}"/>
+    <hyperlink ref="H279" r:id="rId41" xr:uid="{D208FC2B-7E31-4245-AD0A-C49DDF1AAE96}"/>
+    <hyperlink ref="H280" r:id="rId42" xr:uid="{AFB8F4A0-E8CA-4D61-9CD9-C756366EE688}"/>
+    <hyperlink ref="H281" r:id="rId43" xr:uid="{8552E4B9-89C2-48C4-AE9B-4942F5DD2003}"/>
+    <hyperlink ref="H282" r:id="rId44" xr:uid="{F382F2D1-0336-4595-8DCE-6365DE4D5C05}"/>
+    <hyperlink ref="H283" r:id="rId45" xr:uid="{199C6F29-9063-4E9B-9D56-2CB158B3BE00}"/>
+    <hyperlink ref="H284" r:id="rId46" xr:uid="{43F732DE-EEFE-4B06-8CB0-2CD8E25A9AE0}"/>
+    <hyperlink ref="H285" r:id="rId47" xr:uid="{605A9BBD-E245-4B34-8110-7E2C511C676F}"/>
+    <hyperlink ref="H286" r:id="rId48" xr:uid="{5358BC69-D938-4584-AE96-D0DF3D11006B}"/>
+    <hyperlink ref="H287" r:id="rId49" xr:uid="{BE33BB67-EFCF-404D-8E83-96E2E14188F1}"/>
+    <hyperlink ref="H289" r:id="rId50" xr:uid="{A078BB9B-B241-463A-BF06-F39F95D95F42}"/>
+    <hyperlink ref="H294" r:id="rId51" xr:uid="{556B9054-6DD7-459E-A433-B4221923EBE3}"/>
+    <hyperlink ref="H290" r:id="rId52" xr:uid="{CD34D5FC-8189-43F2-889E-A296A141FCD3}"/>
+    <hyperlink ref="H291" r:id="rId53" xr:uid="{0F88EB56-61EC-4215-AFBB-A29E1C208117}"/>
+    <hyperlink ref="H292" r:id="rId54" xr:uid="{2DFD2CDF-D50E-4595-B3C3-67279E441D2E}"/>
+    <hyperlink ref="H293" r:id="rId55" xr:uid="{30B23678-4714-494F-A7D4-F5E43C391B12}"/>
+    <hyperlink ref="H296" r:id="rId56" xr:uid="{BDB5771E-0638-42A2-BAAB-4CAD54F4844D}"/>
+    <hyperlink ref="H297" r:id="rId57" xr:uid="{FC5B202F-EDB6-4D24-9BC4-BEAE19454F32}"/>
+    <hyperlink ref="H300" r:id="rId58" xr:uid="{12988F88-9D08-4A2D-B22C-72165B2084B3}"/>
+    <hyperlink ref="H298" r:id="rId59" xr:uid="{0AB8597B-72B6-432D-B0B1-D9FFCF8D84E2}"/>
+    <hyperlink ref="H301" r:id="rId60" xr:uid="{41952EEA-942C-43CC-B0E8-49262877E7F5}"/>
+    <hyperlink ref="H302" r:id="rId61" xr:uid="{6EB8F488-AA94-4A0A-8C97-7B7F6C5412F5}"/>
+    <hyperlink ref="H303" r:id="rId62" xr:uid="{01ACCF1E-8A9A-4BB6-A776-A739D254BEF4}"/>
+    <hyperlink ref="H304" r:id="rId63" xr:uid="{566EB039-CA25-4CF6-9B47-E18212DE23F0}"/>
+    <hyperlink ref="H305" r:id="rId64" xr:uid="{C0706692-CEA9-4019-8003-3BC0583A7F67}"/>
+    <hyperlink ref="H306" r:id="rId65" xr:uid="{8924E80E-73F8-49F6-9B84-E2D1547E0842}"/>
+    <hyperlink ref="H299" r:id="rId66" xr:uid="{9977FE7C-070B-4CE9-A98B-AB409BB2456E}"/>
+    <hyperlink ref="H295" r:id="rId67" xr:uid="{C7A1DC2B-0546-4BDB-A2DE-2652A37E03AC}"/>
+    <hyperlink ref="H309" r:id="rId68" xr:uid="{77C39629-2AB3-404D-B110-8979647BDAAC}"/>
+    <hyperlink ref="H308" r:id="rId69" xr:uid="{E9E7A417-89A3-41CD-AE30-E13DBCFE339D}"/>
+    <hyperlink ref="H310" r:id="rId70" xr:uid="{479D3F9F-535A-4499-918C-FAC6F0D15962}"/>
+    <hyperlink ref="H307" r:id="rId71" xr:uid="{98BBA679-B0A2-4402-A929-27D3DDFCD032}"/>
+    <hyperlink ref="H321" r:id="rId72" xr:uid="{59F77710-D7E3-4DDB-93EF-572C9798B129}"/>
+    <hyperlink ref="H311" r:id="rId73" xr:uid="{A75433DA-2A70-4CB2-B9AE-B259835432F6}"/>
+    <hyperlink ref="H313" r:id="rId74" xr:uid="{D70B3AEB-FC8A-4012-B7A2-DBB41F9513BB}"/>
+    <hyperlink ref="H314" r:id="rId75" xr:uid="{96CAFE9A-C4C6-4DFF-A893-353CA585D85A}"/>
+    <hyperlink ref="H316" r:id="rId76" xr:uid="{F575C90E-9CA4-47F9-B33D-26308481F255}"/>
+    <hyperlink ref="H317" r:id="rId77" xr:uid="{0843F36C-B455-46A0-A970-7427ECED4743}"/>
+    <hyperlink ref="H318" r:id="rId78" xr:uid="{30C4EEF6-DDAF-4793-88D7-9C6E5AB649E5}"/>
+    <hyperlink ref="H319" r:id="rId79" xr:uid="{66D9AE6F-3DCB-404C-A88C-46B3763813FB}"/>
+    <hyperlink ref="H322" r:id="rId80" xr:uid="{A4EBD843-67B0-4838-B7AC-04EDE41FD7BF}"/>
+    <hyperlink ref="H320" r:id="rId81" xr:uid="{6DE1BFBE-6B56-4C8C-9ABA-2F6D84286415}"/>
+    <hyperlink ref="H324" r:id="rId82" xr:uid="{AB529F6E-2ECE-47E3-863C-71AA6F369679}"/>
+    <hyperlink ref="H325" r:id="rId83" xr:uid="{A36539FC-D72D-482C-84BB-1E169B3FCD4B}"/>
+    <hyperlink ref="H326" r:id="rId84" xr:uid="{959CCAAA-B939-41CF-8B8F-35915F82C9E8}"/>
+    <hyperlink ref="H323" r:id="rId85" xr:uid="{F4D99252-10BD-4288-B22B-4CB4B551126C}"/>
+    <hyperlink ref="H312" r:id="rId86" xr:uid="{A0567BCA-3B9E-4A92-BCBC-358EB6E67D00}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="14" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="14" orientation="portrait" r:id="rId87"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H21"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="38.140625" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" customWidth="1"/>
     <col min="5" max="5" width="17.140625" customWidth="1"/>
     <col min="6" max="6" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="37" t="s">
+      <c r="B1" s="33" t="s">
         <v>248</v>
       </c>
-      <c r="C1" s="37" t="s">
+      <c r="C1" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="39" t="s">
+      <c r="D1" s="35" t="s">
         <v>249</v>
       </c>
-      <c r="E1" s="40" t="s">
+      <c r="E1" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="F1" s="40" t="s">
+      <c r="F1" s="36" t="s">
         <v>250</v>
       </c>
-      <c r="G1" s="41" t="s">
+      <c r="G1" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="38" t="s">
+      <c r="H1" s="34" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="145.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>252</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="42" t="s">
+      <c r="C2" s="38" t="s">
         <v>253</v>
       </c>
-      <c r="D2" s="43">
+      <c r="D2" s="39">
         <v>30000000</v>
       </c>
-      <c r="E2" s="44"/>
-      <c r="F2" s="44">
+      <c r="E2" s="40"/>
+      <c r="F2" s="40">
         <f>D2+E2</f>
         <v>30000000</v>
       </c>
-      <c r="G2" s="8">
+      <c r="G2" s="7">
         <v>45713</v>
       </c>
-      <c r="H2" s="11" t="s">
+      <c r="H2" s="10" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="31" t="s">
+      <c r="C3" s="27" t="s">
         <v>285</v>
       </c>
-      <c r="D3" s="43">
+      <c r="D3" s="39">
         <v>29089750</v>
       </c>
-      <c r="E3" s="44"/>
-      <c r="F3" s="44">
+      <c r="E3" s="40"/>
+      <c r="F3" s="40">
         <f t="shared" ref="F3:F5" si="0">D3+E3</f>
         <v>29089750</v>
       </c>
-      <c r="G3" s="8">
+      <c r="G3" s="7">
         <v>45756</v>
       </c>
-      <c r="H3" s="11" t="s">
+      <c r="H3" s="10" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="135" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>252</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="31" t="s">
+      <c r="C4" s="27" t="s">
         <v>254</v>
       </c>
-      <c r="D4" s="44">
+      <c r="D4" s="40">
         <v>42000000</v>
       </c>
-      <c r="E4" s="44"/>
-      <c r="F4" s="44">
+      <c r="E4" s="40"/>
+      <c r="F4" s="40">
         <f t="shared" si="0"/>
         <v>42000000</v>
       </c>
-      <c r="G4" s="8">
+      <c r="G4" s="7">
         <v>45792</v>
       </c>
-      <c r="H4" s="11" t="s">
+      <c r="H4" s="10" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>252</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="31" t="s">
+      <c r="C5" s="27" t="s">
         <v>286</v>
       </c>
-      <c r="D5" s="44">
+      <c r="D5" s="40">
         <v>54600000</v>
       </c>
-      <c r="E5" s="45"/>
-      <c r="F5" s="44">
+      <c r="E5" s="41"/>
+      <c r="F5" s="40">
         <f t="shared" si="0"/>
         <v>54600000</v>
       </c>
-      <c r="G5" s="8">
+      <c r="G5" s="7">
         <v>45792</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="H5" s="10" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
-      <c r="A6" s="12" t="s">
+      <c r="A6" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="12" t="s">
+      <c r="B6" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="112" t="s">
+      <c r="C6" s="75" t="s">
         <v>733</v>
       </c>
-      <c r="D6" s="46">
+      <c r="D6" s="42">
         <v>30000000</v>
       </c>
-      <c r="E6" s="45"/>
-      <c r="F6" s="46">
+      <c r="E6" s="41"/>
+      <c r="F6" s="42">
         <v>30000000</v>
       </c>
-      <c r="G6" s="13">
+      <c r="G6" s="12">
         <v>45805</v>
       </c>
-      <c r="H6" s="27" t="s">
+      <c r="H6" s="24" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="138" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="5"/>
-[...6 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="A7" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="75" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D7" s="42">
+        <v>20000000</v>
+      </c>
+      <c r="E7" s="42"/>
+      <c r="F7" s="42">
+        <f t="shared" ref="F7:F18" si="1">D7+E7</f>
+        <v>20000000</v>
+      </c>
+      <c r="G7" s="7"/>
+      <c r="H7" s="24" t="s">
+        <v>1022</v>
+      </c>
     </row>
     <row r="8" spans="1:8" ht="141.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="5"/>
-[...16 lines deleted...]
-      <c r="H9" s="27"/>
+      <c r="A8" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="75" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D8" s="42">
+        <v>55780000</v>
+      </c>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42">
+        <f t="shared" si="1"/>
+        <v>55780000</v>
+      </c>
+      <c r="G8" s="7"/>
+      <c r="H8" s="24" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" s="75" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D9" s="42">
+        <v>18204200</v>
+      </c>
+      <c r="E9" s="42"/>
+      <c r="F9" s="42">
+        <f t="shared" si="1"/>
+        <v>18204200</v>
+      </c>
+      <c r="G9" s="12"/>
+      <c r="H9" s="24" t="s">
+        <v>1024</v>
+      </c>
     </row>
     <row r="10" spans="1:8" ht="138" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="5"/>
-[...86 lines deleted...]
-      <c r="H18" s="11"/>
+      <c r="A10" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="116" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D10" s="42">
+        <v>47250000</v>
+      </c>
+      <c r="E10" s="42"/>
+      <c r="F10" s="42">
+        <f t="shared" si="1"/>
+        <v>47250000</v>
+      </c>
+      <c r="G10" s="7"/>
+      <c r="H10" s="24" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="116" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D11" s="42">
+        <v>42000000</v>
+      </c>
+      <c r="E11" s="42"/>
+      <c r="F11" s="68">
+        <f t="shared" si="1"/>
+        <v>42000000</v>
+      </c>
+      <c r="G11" s="7"/>
+      <c r="H11" s="24" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="116" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D12" s="42">
+        <v>24752000</v>
+      </c>
+      <c r="E12" s="42"/>
+      <c r="F12" s="42">
+        <f t="shared" si="1"/>
+        <v>24752000</v>
+      </c>
+      <c r="G12" s="7"/>
+      <c r="H12" s="24" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="136" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D13" s="42">
+        <v>59991000</v>
+      </c>
+      <c r="E13" s="42"/>
+      <c r="F13" s="42">
+        <f t="shared" si="1"/>
+        <v>59991000</v>
+      </c>
+      <c r="G13" s="7"/>
+      <c r="H13" s="24" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="136" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D14" s="42">
+        <v>56340000</v>
+      </c>
+      <c r="E14" s="42"/>
+      <c r="F14" s="42">
+        <f t="shared" si="1"/>
+        <v>56340000</v>
+      </c>
+      <c r="G14" s="7"/>
+      <c r="H14" s="24" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="137" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D15" s="42">
+        <v>35761500</v>
+      </c>
+      <c r="E15" s="42"/>
+      <c r="F15" s="42">
+        <f t="shared" si="1"/>
+        <v>35761500</v>
+      </c>
+      <c r="G15" s="7"/>
+      <c r="H15" s="24" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="138" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D16" s="42">
+        <v>16200000</v>
+      </c>
+      <c r="E16" s="42"/>
+      <c r="F16" s="42">
+        <f t="shared" si="1"/>
+        <v>16200000</v>
+      </c>
+      <c r="G16" s="7"/>
+      <c r="H16" s="24" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="139" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D17" s="42">
+        <v>44490300</v>
+      </c>
+      <c r="E17" s="42"/>
+      <c r="F17" s="42">
+        <f t="shared" si="1"/>
+        <v>44490300</v>
+      </c>
+      <c r="G17" s="7"/>
+      <c r="H17" s="24" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="136" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D18" s="42">
+        <v>6225585</v>
+      </c>
+      <c r="E18" s="42"/>
+      <c r="F18" s="42">
+        <f t="shared" si="1"/>
+        <v>6225585</v>
+      </c>
+      <c r="G18" s="7"/>
+      <c r="H18" s="24" t="s">
+        <v>1033</v>
+      </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="5"/>
       <c r="B19" s="5"/>
-      <c r="C19" s="60"/>
-[...4 lines deleted...]
-      <c r="H19" s="11"/>
+      <c r="C19" s="52"/>
+      <c r="D19" s="40"/>
+      <c r="E19" s="50"/>
+      <c r="F19" s="40"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="10"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="5"/>
       <c r="B20" s="5"/>
-      <c r="C20" s="60"/>
-[...4 lines deleted...]
-      <c r="H20" s="11"/>
+      <c r="C20" s="52"/>
+      <c r="D20" s="40"/>
+      <c r="E20" s="50"/>
+      <c r="F20" s="40"/>
+      <c r="G20" s="7"/>
+      <c r="H20" s="10"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="5"/>
       <c r="B21" s="5"/>
-      <c r="C21" s="59"/>
-[...4 lines deleted...]
-      <c r="H21" s="11"/>
+      <c r="C21" s="51"/>
+      <c r="D21" s="40"/>
+      <c r="E21" s="50"/>
+      <c r="F21" s="40"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="10"/>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="H7" r:id="rId1" xr:uid="{8E1811E5-6D12-4C03-BDDB-CE09BEBC54BB}"/>
+    <hyperlink ref="H8" r:id="rId2" xr:uid="{A8CECF41-FF24-433E-8D0F-152A1BE1B591}"/>
+    <hyperlink ref="H9" r:id="rId3" xr:uid="{3E7922F4-D581-43FC-BB38-D3263B1AEE0C}"/>
+    <hyperlink ref="H10" r:id="rId4" xr:uid="{C995E4AF-EE1C-42C0-A14C-EA97BEC448E1}"/>
+    <hyperlink ref="H11" r:id="rId5" xr:uid="{B740F375-C468-47F8-9131-0250B1EC4B4C}"/>
+    <hyperlink ref="H12" r:id="rId6" xr:uid="{2355A206-9CC2-49C6-88BE-C9FF210EB9E1}"/>
+    <hyperlink ref="H13" r:id="rId7" xr:uid="{8B606244-C8DE-439E-9BF1-B446EFF4B153}"/>
+    <hyperlink ref="H14" r:id="rId8" xr:uid="{C2B1AAB9-9EE4-4E9E-9372-B6DC0CBA25C3}"/>
+    <hyperlink ref="H16" r:id="rId9" xr:uid="{30E6089C-2C69-497E-8DB0-FC275840F53D}"/>
+    <hyperlink ref="H15" r:id="rId10" xr:uid="{F2C8134A-3BB2-45F4-AC07-C02F33B5A99D}"/>
+    <hyperlink ref="H18" r:id="rId11" xr:uid="{31113E04-8520-400E-AE40-F10B32DA13B1}"/>
+    <hyperlink ref="H17" r:id="rId12" xr:uid="{390513B6-7141-4355-B0E8-D9BA82CE162F}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:G11"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D17" sqref="D17"/>
+    <sheetView topLeftCell="B4" workbookViewId="0">
+      <selection activeCell="G2" sqref="G2:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="40.28515625" customWidth="1"/>
     <col min="3" max="3" width="27.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="51" x14ac:dyDescent="0.25">
-      <c r="A1" s="37" t="s">
+      <c r="A1" s="33" t="s">
         <v>248</v>
       </c>
-      <c r="B1" s="37" t="s">
+      <c r="B1" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="39" t="s">
+      <c r="C1" s="35" t="s">
         <v>249</v>
       </c>
-      <c r="D1" s="40" t="s">
+      <c r="D1" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="40" t="s">
+      <c r="E1" s="36" t="s">
         <v>250</v>
       </c>
-      <c r="F1" s="41" t="s">
+      <c r="F1" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="38" t="s">
+      <c r="G1" s="34" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="G5" s="11"/>
+    <row r="2" spans="1:7" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
+        <v>997</v>
+      </c>
+      <c r="B2" s="128" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C2" s="131">
+        <v>491359251</v>
+      </c>
+      <c r="D2" s="131"/>
+      <c r="E2" s="131">
+        <f t="shared" ref="E2:E5" si="0">C2+D2</f>
+        <v>491359251</v>
+      </c>
+      <c r="F2" s="134">
+        <v>45861</v>
+      </c>
+      <c r="G2" s="135" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
+        <v>998</v>
+      </c>
+      <c r="B3" s="128" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C3" s="130">
+        <v>117604349</v>
+      </c>
+      <c r="D3" s="130"/>
+      <c r="E3" s="131">
+        <f t="shared" si="0"/>
+        <v>117604349</v>
+      </c>
+      <c r="F3" s="134">
+        <v>45861</v>
+      </c>
+      <c r="G3" s="24" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="11" t="s">
+        <v>999</v>
+      </c>
+      <c r="B4" s="129" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C4" s="131">
+        <v>93780514.569999993</v>
+      </c>
+      <c r="D4" s="130"/>
+      <c r="E4" s="131">
+        <f t="shared" si="0"/>
+        <v>93780514.569999993</v>
+      </c>
+      <c r="F4" s="134">
+        <v>45901</v>
+      </c>
+      <c r="G4" s="24" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="127" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C5" s="132">
+        <v>35508624.920000002</v>
+      </c>
+      <c r="D5" s="133"/>
+      <c r="E5" s="131">
+        <f t="shared" si="0"/>
+        <v>35508624.920000002</v>
+      </c>
+      <c r="F5" s="134">
+        <v>45901</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>1008</v>
+      </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="53"/>
+      <c r="A6" s="47"/>
       <c r="B6" s="6"/>
-      <c r="C6" s="56"/>
-[...3 lines deleted...]
-      <c r="G6" s="11"/>
+      <c r="C6" s="49"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="10"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="54"/>
+      <c r="A7" s="48"/>
       <c r="B7" s="6"/>
-      <c r="C7" s="56"/>
-[...3 lines deleted...]
-      <c r="G7" s="11"/>
+      <c r="C7" s="49"/>
+      <c r="D7" s="50"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="10"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="54"/>
+      <c r="A8" s="48"/>
       <c r="B8" s="6"/>
-      <c r="C8" s="56"/>
-[...3 lines deleted...]
-      <c r="G8" s="11"/>
+      <c r="C8" s="49"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="39"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="10"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="54"/>
+      <c r="A9" s="48"/>
       <c r="B9" s="6"/>
-      <c r="C9" s="56"/>
-[...3 lines deleted...]
-      <c r="G9" s="11"/>
+      <c r="C9" s="49"/>
+      <c r="D9" s="50"/>
+      <c r="E9" s="39"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="10"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="54"/>
+      <c r="A10" s="48"/>
       <c r="B10" s="6"/>
-      <c r="C10" s="56"/>
-[...3 lines deleted...]
-      <c r="G10" s="11"/>
+      <c r="C10" s="49"/>
+      <c r="D10" s="50"/>
+      <c r="E10" s="39"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="10"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="54"/>
+      <c r="A11" s="48"/>
       <c r="B11" s="6"/>
-      <c r="C11" s="56"/>
-[...3 lines deleted...]
-      <c r="G11" s="11"/>
+      <c r="C11" s="49"/>
+      <c r="D11" s="50"/>
+      <c r="E11" s="39"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="10"/>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="G3" r:id="rId1" xr:uid="{3DF53B4C-F029-43DE-B4C0-A5134449C488}"/>
+    <hyperlink ref="G4" r:id="rId2" xr:uid="{B8B85C06-1F9F-4947-9BEB-30E16DA95E2A}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H14" sqref="H14:H15"/>
+    <sheetView tabSelected="1" topLeftCell="A37" workbookViewId="0">
+      <selection activeCell="D44" sqref="D44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="38.7109375" customWidth="1"/>
-    <col min="4" max="5" width="17.42578125" customWidth="1"/>
+    <col min="4" max="4" width="17.42578125" customWidth="1"/>
+    <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="37" t="s">
+      <c r="B1" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="37" t="s">
+      <c r="C1" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="37" t="s">
+      <c r="D1" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="37" t="s">
+      <c r="E1" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="37" t="s">
+      <c r="F1" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="47" t="s">
+      <c r="G1" s="43" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="38" t="s">
+      <c r="H1" s="34" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="21" t="s">
+      <c r="C2" s="18" t="s">
         <v>263</v>
       </c>
-      <c r="D2" s="48">
+      <c r="D2" s="44">
         <v>3457869903.2399998</v>
       </c>
-      <c r="E2" s="24">
+      <c r="E2" s="21">
         <v>1728934951.6199999</v>
       </c>
-      <c r="F2" s="14">
-        <f t="shared" ref="F2:F13" si="0">D2+E2</f>
+      <c r="F2" s="21">
+        <f>D2+E2</f>
         <v>5186804854.8599997</v>
       </c>
-      <c r="G2" s="10">
+      <c r="G2" s="9">
         <v>45702</v>
       </c>
-      <c r="H2" s="11" t="s">
+      <c r="H2" s="10" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="132.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="18" t="s">
         <v>264</v>
       </c>
-      <c r="D3" s="49">
+      <c r="D3" s="45">
         <v>398492500</v>
       </c>
-      <c r="E3" s="7"/>
-[...4 lines deleted...]
-      <c r="G3" s="10">
+      <c r="E3" s="21">
+        <v>198416250</v>
+      </c>
+      <c r="F3" s="21">
+        <f t="shared" ref="F3:F37" si="0">D3+E3</f>
+        <v>596908750</v>
+      </c>
+      <c r="G3" s="9">
         <v>45705</v>
       </c>
-      <c r="H3" s="11" t="s">
+      <c r="H3" s="10" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="18" t="s">
         <v>258</v>
       </c>
-      <c r="D4" s="49">
+      <c r="D4" s="45">
         <v>200000000</v>
       </c>
-      <c r="E4" s="7"/>
-      <c r="F4" s="14">
+      <c r="E4" s="21"/>
+      <c r="F4" s="21">
         <f t="shared" si="0"/>
         <v>200000000</v>
       </c>
-      <c r="G4" s="10">
+      <c r="G4" s="9">
         <v>45716</v>
       </c>
-      <c r="H4" s="11" t="s">
+      <c r="H4" s="10" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="96" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="21" t="s">
+      <c r="C5" s="18" t="s">
         <v>265</v>
       </c>
-      <c r="D5" s="49">
+      <c r="D5" s="45">
         <v>80000000</v>
       </c>
-      <c r="E5" s="7"/>
-      <c r="F5" s="14">
+      <c r="E5" s="144"/>
+      <c r="F5" s="21">
         <f t="shared" si="0"/>
         <v>80000000</v>
       </c>
-      <c r="G5" s="10">
+      <c r="G5" s="9">
         <v>45726</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="H5" s="10" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="132.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="21" t="s">
+      <c r="C6" s="18" t="s">
         <v>257</v>
       </c>
-      <c r="D6" s="49">
+      <c r="D6" s="45">
         <v>1702465249.5</v>
       </c>
-      <c r="E6" s="106">
+      <c r="E6" s="70">
         <v>269973048.47000003</v>
       </c>
-      <c r="F6" s="14">
+      <c r="F6" s="21">
         <f t="shared" si="0"/>
         <v>1972438297.97</v>
       </c>
-      <c r="G6" s="10">
+      <c r="G6" s="9">
         <v>45729</v>
       </c>
-      <c r="H6" s="11" t="s">
+      <c r="H6" s="10" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="147" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" ht="108" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="21" t="s">
+      <c r="C7" s="18" t="s">
         <v>266</v>
       </c>
-      <c r="D7" s="48">
+      <c r="D7" s="44">
         <v>630337500</v>
       </c>
-      <c r="E7" s="7"/>
-      <c r="F7" s="14">
+      <c r="E7" s="144"/>
+      <c r="F7" s="21">
         <f t="shared" si="0"/>
         <v>630337500</v>
       </c>
-      <c r="G7" s="10">
+      <c r="G7" s="9">
         <v>45735</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="H7" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="138.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="21" t="s">
+      <c r="C8" s="18" t="s">
         <v>262</v>
       </c>
-      <c r="D8" s="48">
+      <c r="D8" s="44">
         <v>1200450000</v>
       </c>
-      <c r="E8" s="50"/>
-      <c r="F8" s="14">
+      <c r="E8" s="145"/>
+      <c r="F8" s="21">
         <f t="shared" si="0"/>
         <v>1200450000</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G8" s="9">
         <v>45743</v>
       </c>
-      <c r="H8" s="11" t="s">
+      <c r="H8" s="10" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="132" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="21" t="s">
+      <c r="C9" s="18" t="s">
         <v>267</v>
       </c>
-      <c r="D9" s="48">
+      <c r="D9" s="44">
         <v>250000000</v>
       </c>
-      <c r="E9" s="48"/>
-      <c r="F9" s="14">
+      <c r="E9" s="68"/>
+      <c r="F9" s="21">
         <f t="shared" si="0"/>
         <v>250000000</v>
       </c>
-      <c r="G9" s="10">
+      <c r="G9" s="9">
         <v>45751</v>
       </c>
-      <c r="H9" s="11" t="s">
+      <c r="H9" s="10" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="138" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C10" s="21" t="s">
+      <c r="C10" s="18" t="s">
         <v>268</v>
       </c>
-      <c r="D10" s="48">
+      <c r="D10" s="44">
         <v>60000000</v>
       </c>
-      <c r="E10" s="7"/>
-      <c r="F10" s="14">
+      <c r="E10" s="144"/>
+      <c r="F10" s="21">
         <f t="shared" si="0"/>
         <v>60000000</v>
       </c>
-      <c r="G10" s="10">
+      <c r="G10" s="9">
         <v>45755</v>
       </c>
-      <c r="H10" s="11" t="s">
+      <c r="H10" s="10" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="21" t="s">
+      <c r="C11" s="18" t="s">
         <v>269</v>
       </c>
-      <c r="D11" s="48">
+      <c r="D11" s="44">
         <v>105600000</v>
       </c>
-      <c r="E11" s="48"/>
-      <c r="F11" s="14">
+      <c r="E11" s="68"/>
+      <c r="F11" s="21">
         <f t="shared" si="0"/>
         <v>105600000</v>
       </c>
-      <c r="G11" s="10">
+      <c r="G11" s="9">
         <v>45758</v>
       </c>
-      <c r="H11" s="11" t="s">
+      <c r="H11" s="10" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="21" t="s">
+      <c r="C12" s="18" t="s">
         <v>270</v>
       </c>
-      <c r="D12" s="48">
+      <c r="D12" s="44">
         <v>20000000</v>
       </c>
-      <c r="E12" s="50"/>
-      <c r="F12" s="14">
+      <c r="E12" s="145"/>
+      <c r="F12" s="21">
         <f t="shared" si="0"/>
         <v>20000000</v>
       </c>
-      <c r="G12" s="10">
+      <c r="G12" s="9">
         <v>45783</v>
       </c>
-      <c r="H12" s="11" t="s">
+      <c r="H12" s="10" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="153" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C13" s="21" t="s">
+      <c r="C13" s="18" t="s">
         <v>271</v>
       </c>
-      <c r="D13" s="48">
+      <c r="D13" s="44">
         <v>48068532</v>
       </c>
-      <c r="E13" s="50"/>
-      <c r="F13" s="14">
+      <c r="E13" s="70"/>
+      <c r="F13" s="21">
         <f t="shared" si="0"/>
         <v>48068532</v>
       </c>
-      <c r="G13" s="10" t="s">
+      <c r="G13" s="9" t="s">
         <v>272</v>
       </c>
-      <c r="H13" s="11" t="s">
+      <c r="H13" s="10" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="174" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C14" s="15" t="s">
+      <c r="C14" s="13" t="s">
         <v>735</v>
       </c>
-      <c r="D14" s="101">
+      <c r="D14" s="68">
         <v>250000000</v>
       </c>
-      <c r="E14" s="50"/>
-      <c r="F14" s="101">
+      <c r="E14" s="145"/>
+      <c r="F14" s="21">
+        <f t="shared" si="0"/>
         <v>250000000</v>
       </c>
-      <c r="G14" s="105">
+      <c r="G14" s="69">
         <v>45793</v>
       </c>
-      <c r="H14" s="27" t="s">
+      <c r="H14" s="24" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="135" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="11" t="s">
         <v>256</v>
       </c>
-      <c r="B15" s="12" t="s">
+      <c r="B15" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="15" t="s">
+      <c r="C15" s="13" t="s">
         <v>736</v>
       </c>
-      <c r="D15" s="26">
+      <c r="D15" s="23">
         <v>146966640</v>
       </c>
-      <c r="E15" s="20"/>
-[...3 lines deleted...]
-      <c r="G15" s="105">
+      <c r="E15" s="146">
+        <v>30000000</v>
+      </c>
+      <c r="F15" s="21">
+        <f t="shared" si="0"/>
+        <v>176966640</v>
+      </c>
+      <c r="G15" s="69">
         <v>45805</v>
       </c>
-      <c r="H15" s="27" t="s">
+      <c r="H15" s="24" t="s">
         <v>738</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="H17" s="11"/>
+    <row r="16" spans="1:8" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D16" s="140">
+        <v>0</v>
+      </c>
+      <c r="E16" s="145"/>
+      <c r="F16" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G16" s="69">
+        <v>45825</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="183" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="136" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D17" s="141">
+        <v>0</v>
+      </c>
+      <c r="E17" s="70"/>
+      <c r="F17" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G17" s="69">
+        <v>45826</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>1062</v>
+      </c>
     </row>
     <row r="18" spans="1:8" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="5"/>
-[...136 lines deleted...]
-      <c r="H31" s="11"/>
+      <c r="A18" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D18" s="142">
+        <v>50000000</v>
+      </c>
+      <c r="E18" s="145"/>
+      <c r="F18" s="21">
+        <f t="shared" si="0"/>
+        <v>50000000</v>
+      </c>
+      <c r="G18" s="69">
+        <v>45826</v>
+      </c>
+      <c r="H18" s="24" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D19" s="68">
+        <v>116885000</v>
+      </c>
+      <c r="E19" s="145"/>
+      <c r="F19" s="21">
+        <f t="shared" si="0"/>
+        <v>116885000</v>
+      </c>
+      <c r="G19" s="69">
+        <v>45828</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D20" s="68">
+        <v>35000000</v>
+      </c>
+      <c r="E20" s="145"/>
+      <c r="F20" s="21">
+        <f t="shared" si="0"/>
+        <v>35000000</v>
+      </c>
+      <c r="G20" s="69">
+        <v>45828</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D21" s="68">
+        <v>70000000</v>
+      </c>
+      <c r="E21" s="145"/>
+      <c r="F21" s="21">
+        <f t="shared" si="0"/>
+        <v>70000000</v>
+      </c>
+      <c r="G21" s="69">
+        <v>45833</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A22" s="22">
+        <v>11</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="136" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D22" s="68">
+        <v>343000000</v>
+      </c>
+      <c r="E22" s="145"/>
+      <c r="F22" s="21">
+        <f t="shared" si="0"/>
+        <v>343000000</v>
+      </c>
+      <c r="G22" s="69">
+        <v>45834</v>
+      </c>
+      <c r="H22" s="24" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="22">
+        <v>11</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C23" s="136" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D23" s="68">
+        <v>142000000</v>
+      </c>
+      <c r="E23" s="70"/>
+      <c r="F23" s="21">
+        <f t="shared" si="0"/>
+        <v>142000000</v>
+      </c>
+      <c r="G23" s="69">
+        <v>45842</v>
+      </c>
+      <c r="H23" s="24" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="22">
+        <v>11</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="82" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D24" s="68">
+        <v>9200000</v>
+      </c>
+      <c r="E24" s="70"/>
+      <c r="F24" s="21">
+        <f t="shared" si="0"/>
+        <v>9200000</v>
+      </c>
+      <c r="G24" s="69">
+        <v>45841</v>
+      </c>
+      <c r="H24" s="24" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="153" x14ac:dyDescent="0.25">
+      <c r="A25" s="22">
+        <v>11</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C25" s="136" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D25" s="141">
+        <v>0</v>
+      </c>
+      <c r="E25" s="145"/>
+      <c r="F25" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G25" s="69">
+        <v>45888</v>
+      </c>
+      <c r="H25" s="24" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="204" x14ac:dyDescent="0.25">
+      <c r="A26" s="22">
+        <v>11</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="82" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D26" s="68">
+        <v>150000000</v>
+      </c>
+      <c r="E26" s="145"/>
+      <c r="F26" s="21">
+        <f t="shared" si="0"/>
+        <v>150000000</v>
+      </c>
+      <c r="G26" s="69">
+        <v>45863</v>
+      </c>
+      <c r="H26" s="24" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="22">
+        <v>11</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D27" s="68">
+        <v>1732028322</v>
+      </c>
+      <c r="E27" s="145"/>
+      <c r="F27" s="21">
+        <f t="shared" si="0"/>
+        <v>1732028322</v>
+      </c>
+      <c r="G27" s="69">
+        <v>45866</v>
+      </c>
+      <c r="H27" s="24" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="22">
+        <v>11</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="13" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D28" s="68">
+        <v>568160000</v>
+      </c>
+      <c r="E28" s="145"/>
+      <c r="F28" s="21">
+        <f t="shared" si="0"/>
+        <v>568160000</v>
+      </c>
+      <c r="G28" s="69">
+        <v>45867</v>
+      </c>
+      <c r="H28" s="24" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A29" s="22">
+        <v>11</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D29" s="68">
+        <v>197999998</v>
+      </c>
+      <c r="E29" s="145"/>
+      <c r="F29" s="21">
+        <f t="shared" si="0"/>
+        <v>197999998</v>
+      </c>
+      <c r="G29" s="69">
+        <v>45870</v>
+      </c>
+      <c r="H29" s="24" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="22">
+        <v>11</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="136" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D30" s="143">
+        <v>33613644</v>
+      </c>
+      <c r="E30" s="145"/>
+      <c r="F30" s="21">
+        <f t="shared" si="0"/>
+        <v>33613644</v>
+      </c>
+      <c r="G30" s="69">
+        <v>45877</v>
+      </c>
+      <c r="H30" s="24" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="22">
+        <v>11</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" s="116" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D31" s="143">
+        <v>460000000</v>
+      </c>
+      <c r="E31" s="145"/>
+      <c r="F31" s="21">
+        <f t="shared" si="0"/>
+        <v>460000000</v>
+      </c>
+      <c r="G31" s="69">
+        <v>45880</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="22">
+        <v>11</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C32" s="136" t="s">
+        <v>264</v>
+      </c>
+      <c r="D32" s="68">
+        <v>398492500</v>
+      </c>
+      <c r="E32" s="145"/>
+      <c r="F32" s="21">
+        <f t="shared" si="0"/>
+        <v>398492500</v>
+      </c>
+      <c r="G32" s="69">
+        <v>45898</v>
+      </c>
+      <c r="H32" s="24" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="165.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="22">
+        <v>11</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C33" s="26" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D33" s="68">
+        <v>30000000</v>
+      </c>
+      <c r="E33" s="145"/>
+      <c r="F33" s="21">
+        <f t="shared" si="0"/>
+        <v>30000000</v>
+      </c>
+      <c r="G33" s="69">
+        <v>45912</v>
+      </c>
+      <c r="H33" s="24" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="22">
+        <v>11</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" s="136" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D34" s="68">
+        <v>68960000</v>
+      </c>
+      <c r="E34" s="145"/>
+      <c r="F34" s="21">
+        <f t="shared" si="0"/>
+        <v>68960000</v>
+      </c>
+      <c r="G34" s="69">
+        <v>45917</v>
+      </c>
+      <c r="H34" s="24" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="178.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="22">
+        <v>11</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C35" s="116" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D35" s="68">
+        <v>30000000</v>
+      </c>
+      <c r="E35" s="70"/>
+      <c r="F35" s="21">
+        <f t="shared" si="0"/>
+        <v>30000000</v>
+      </c>
+      <c r="G35" s="69">
+        <v>45918</v>
+      </c>
+      <c r="H35" s="24" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="127.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="22">
+        <v>11</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C36" s="116" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D36" s="68">
+        <v>226000000</v>
+      </c>
+      <c r="E36" s="70"/>
+      <c r="F36" s="21">
+        <f t="shared" si="0"/>
+        <v>226000000</v>
+      </c>
+      <c r="G36" s="69">
+        <v>45917</v>
+      </c>
+      <c r="H36" s="24" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="216.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="22">
+        <v>11</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C37" s="136" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D37" s="141">
+        <v>0</v>
+      </c>
+      <c r="E37" s="145"/>
+      <c r="F37" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G37" s="69">
+        <v>45919</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>1082</v>
+      </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6005455" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="H8" r:id="rId2" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6207467" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
     <hyperlink ref="H9" r:id="rId3" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6220202" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
     <hyperlink ref="H10" r:id="rId4" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6232325" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
     <hyperlink ref="H11" r:id="rId5" display="https://www.contratos.gov.co/consultas/detalleProceso.do?numConstancia=24-22-90618" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
     <hyperlink ref="H12" r:id="rId6" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6338375" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
     <hyperlink ref="H13" r:id="rId7" display="https://community.secop.gov.co/Public/Tendering/ContractDetailView/Index?UniqueIdentifier=CO1.PCCNTR.6366837" xr:uid="{00000000-0004-0000-0300-000006000000}"/>
     <hyperlink ref="H14" r:id="rId8" xr:uid="{66F0F89F-FF44-4CDE-84D8-D638E0E9591F}"/>
     <hyperlink ref="H15" r:id="rId9" xr:uid="{E1574A92-4993-4B94-87FF-DFA3C88700A3}"/>
+    <hyperlink ref="H17" r:id="rId10" xr:uid="{86C6E603-82A3-4593-AB76-AAF168DD93A2}"/>
+    <hyperlink ref="H16" r:id="rId11" xr:uid="{EBB32B09-854D-4F23-81D6-AA5BD0951B5F}"/>
+    <hyperlink ref="H18" r:id="rId12" xr:uid="{C7CA62E4-DDB1-4DBD-BBFD-A0F58ED321B4}"/>
+    <hyperlink ref="H19" r:id="rId13" xr:uid="{D0702F68-4245-4445-928B-1382BE508C19}"/>
+    <hyperlink ref="H23" r:id="rId14" xr:uid="{B2D22CA5-AFB7-4348-A5A3-E2DDDAD2C3F4}"/>
+    <hyperlink ref="H21" r:id="rId15" xr:uid="{E5A4BDF8-613D-43A9-8CC2-BF8E4A5D8C5C}"/>
+    <hyperlink ref="H22" r:id="rId16" xr:uid="{02EB7C1F-0B31-4596-BE32-17311C40C7BC}"/>
+    <hyperlink ref="H26" r:id="rId17" xr:uid="{089C8309-B0CF-4E39-B341-657B2F10DF9C}"/>
+    <hyperlink ref="H24" r:id="rId18" xr:uid="{82FEA83A-5DFF-4DB6-B4B5-80B644585F7D}"/>
+    <hyperlink ref="H27" r:id="rId19" xr:uid="{E99369EC-E2A5-4E54-8388-C111B6E3B5AD}"/>
+    <hyperlink ref="H28" r:id="rId20" xr:uid="{5DAD6F14-8775-44BE-9471-8930524138BC}"/>
+    <hyperlink ref="H30" r:id="rId21" xr:uid="{710D5ECC-28A6-4884-858D-08B7659D98A1}"/>
+    <hyperlink ref="H25" r:id="rId22" xr:uid="{3653A4FE-695C-41FC-98E2-74503D6C5C5A}"/>
+    <hyperlink ref="H29" r:id="rId23" xr:uid="{DF633184-D7DE-44FC-9CBC-FCEAEEC964C8}"/>
+    <hyperlink ref="H31" r:id="rId24" xr:uid="{A6D0F88C-A5AC-486B-98A0-0E689BCB68D6}"/>
+    <hyperlink ref="H32" r:id="rId25" xr:uid="{DCBAAA2C-F109-4A95-A8EE-4CCE0606B77A}"/>
+    <hyperlink ref="H33" r:id="rId26" xr:uid="{9A4B8F62-61E3-49B6-8D77-6FA4717D8004}"/>
+    <hyperlink ref="H34" r:id="rId27" xr:uid="{28B6C7E0-FCFC-417D-B3EF-B036E92F2A04}"/>
+    <hyperlink ref="H35" r:id="rId28" xr:uid="{29D1CF6C-71DD-4678-BFC4-41CD84541461}"/>
+    <hyperlink ref="H36" r:id="rId29" xr:uid="{E1DDED7E-1DB1-47AB-BCEF-8225160EEC80}"/>
+    <hyperlink ref="H37" r:id="rId30" xr:uid="{951B7FF0-C74E-4EB1-B885-67189A09FBE2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>CONTRATOS 2025</vt:lpstr>
       <vt:lpstr>ORDENES 2025</vt:lpstr>
       <vt:lpstr>ORDENES VIRTUALES </vt:lpstr>